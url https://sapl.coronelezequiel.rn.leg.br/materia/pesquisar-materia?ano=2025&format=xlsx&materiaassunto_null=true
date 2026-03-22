--- v0 (2025-11-04)
+++ v1 (2026-03-22)
@@ -10,1583 +10,1694 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1078" uniqueCount="511">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1173" uniqueCount="548">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE CORONEL EZEQUIEL - PMCE</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/</t>
   </si>
   <si>
     <t>TORNA OS AUXILIARES DE ENFERMAGEM EM TÉCNICOS DE ENFERMAGEM, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DO MUNICIPIO DE CORONEL EZEQUIEL/RN A RATIFICAR SUA PARTICIPAÇÃO NO CONSÓRCIO INTERMUNICIPAL MULTIFINALITÁRIO POTIGUAR -CIM POTIGUAR, BEM COMO, A ADEQUAR A SUA EXECUÇÃO ORÇAMENTÁRIA E FINANCEIRA AO REGIME JURÍDICO ADOTADO PARA OS CONSÓRCIOS PÚBLICOS, NA FORMA DE LEI Nº 11.107/2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_06-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_06-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O REAJUSTE DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE CORONEL EZEQUIEL/RN</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_municipal_no_07-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_municipal_no_07-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO PROTOCOLO DE ITENÇÕES PARA ADESÃO AO CONSÓRCIO PÚBLICO INTERMUNICIPAL DO RIO GRANDE DO NORTE</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/120/projeto_de_lei_municipal_no_08-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/120/projeto_de_lei_municipal_no_08-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BOLSA-EDUCAÇÃO DESTINADO AOS ALUNOS MATRICULADOS NA EDUCAÇÃO DE JOVENS E ADULTOS-EJA NO MUNICÍPIO DE CORONEL EZEQUIEL/RN E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/121/projeto_de_lei_municipal_no_09-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/121/projeto_de_lei_municipal_no_09-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ESPECIAL PARA ADEQUEAÇÃO ORÇAMENTÁRIA NA LEI Nº 611/2024 VISANDO VIABILIZAR O PAGAMENTO DO BOLSA-EDUCAÇÃO DESTINADO AOS ALUNOS MATRICULADOS NA EDUCAÇÃO DE JOVENS E ADULTOS-EJA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_municipal_no_10-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_municipal_no_10-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL - SUAS DO MUNICÍPIO DE CORONEL EZEQUIEL/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_municipal_no_11-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_municipal_no_11-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial ao Orçamento vigente para fins que menciona e dá outras providências</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_municipal_no_12-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_municipal_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de verbas indenizatórias, destinadas aos garis do Município de Coronel Ezequiel/RN, para aquisição de bloqueadores solar corporal e labial</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_13-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do repasse do incentivo financeiro adicional, previsto no decreto nº 8.874 de 22 de junho de 2015  e nas portarias nº 3.317/2022 e a 3.332/2021, ambos do Ministério da Saúde, na forma de incentivo de final de ano, destinado aos agentes comunitários de saúde - ACS e agentes de combate ás endemias - ACE</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_municipal_no_14-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_municipal_no_14-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de equiparação salarial da remuneração dos motoristas efetivos e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_municipal_no_15-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_municipal_no_15-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do serviço público de loteria do município de Coronel Ezequiel/RN - LOTOCEL e dá outras providências</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_municipal_no_16-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_municipal_no_16-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentarias para elaboração do orçamento geral do município do exercício de 2026, e dá outras providências</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_no_17-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_no_17-2025.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 2º da Lei Municipal nº 510 de 28 de junho de 2018, que regulamenta a exploração do serviço de transporte individual de passageiros – TÁXI</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_no_18-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_no_18-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lei_no_19-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lei_no_19-2025.pdf</t>
   </si>
   <si>
     <t>Institui a verba indenizatória de transporte para os Agentes Comunitários de Saúde lotados na Equipe de Saúde da Família-ESF da zona rural do Município de Coronel Ezequiel/RN e dá outras providencias.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_no_20-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_no_20-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano plurianual para o quadriênio 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do artigo 37 da constituição federal, e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/199/projeto_de_lei_no_22-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/199/projeto_de_lei_no_22-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos artigos 3º e 5º da Lei Municipal Nº 513/2018</t>
   </si>
   <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/218/projeto_de_lei_n_232025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a despesa do Município de Coronel Ezequiel -RN para o Exercício 2026, e dá outras providências</t>
+  </si>
+  <si>
     <t>211</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_no_24-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_no_24-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a realizar o pagamento da premiação referente ao campeonato de futsal de Coronel Ezequiel/RN no ano de 2025 e dá outras providências</t>
   </si>
   <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Amplia o Prazo de Vigência do Plano Municipal de Educação PME do Município de Coronel Ezequiel RN e da Outras Providencias</t>
+  </si>
+  <si>
     <t>100</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>Cidinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_01-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_01-2025.pdf</t>
   </si>
   <si>
     <t>DECLARA UTILIDADE PÚBLICA MUNICIPAL A "ASSOCIAÇÃO DE SOCORRISTAS VOLUNTÁRIOS DE CORONELE EZEQUIEL-RN" E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Valdicleide</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_no_02-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_no_02-2025.pdf</t>
   </si>
   <si>
     <t>ATORIZA A UTILIZAÇÃO DE VEICULOS DO MUNICIPIO DE CORONEL EZEQUIEL PARA O TRANSPORTE DE ATLETAS PARA ATIVIDADES DESPORTISTAS, COMO TAMBÉM PARA EVENTOS CULTURAIS, EVANGELICOS E DESFILES DE BELEZA, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Paula</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/127/projeto_de_lei_no_03-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/127/projeto_de_lei_no_03-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE TODAS AS PLACAS DE ATENDIMENTO PRIORITÁRIO INCLUÍREM O SÍMBOLO MUNDIAL DO TRANSTORNO DO ESPECTRO AUTISTA (TEA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE CORONEL EZEQUIEL - CMCE</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_no_06-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada nº 12, localizada no Bairro Pedro Francelino Alves, com o nome de "Francisca Maria dos Anjos".</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Jacaré</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/171/projeto_de_lei_no_07-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/171/projeto_de_lei_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público no município de Coronel Ezequiel/RN com o nome de Clodoaldo Varela de Medeiros</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_no_08-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do nome do vereador autor nas leis municipais após sua sanção e dá outras providências.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/176/projeto_de_lei_no_10-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/176/projeto_de_lei_no_10-2025.pdf</t>
   </si>
   <si>
     <t>Concede o direito de uso perpétuo de terrenos em cemitérios públicos do Município de Coronel Ezequiel/RN para construção de jazigos familiares e dá outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Benedito</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no_12-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de rua, e dá outras providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_13-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do município de Coronel Ezequiel, Feriado no dia 30 de novembro, "Dia do Evangélico", e da outras providências</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Benedito, Cidinho, Raquel de Cocó, Zezinho</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE URGÊNCIA ESPECIAL A PROJETO DE LEI</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>REQUERIMENTO EM CARATER DE URGÊNCIA PARA VOTAÇÃO DO PROJETO DE LEI COMPLEMENTAR - 03/2025</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>SOLCITAR A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA JOÃO DAMASCENO FILHO</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Raquel de Cocó</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_no_05-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_no_05-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE UNIFORMES E EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPI) NECESSÁRIOS PARA OS GARIS DO MUNICÍPIOS DE CORONEL EZEQUIEL/RN</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no_06-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no_06-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A VISTORIA E REPAROS DAS PONTES LOCALIZADAS NA RODOVIA ESTADUAL QUE LIGA O MUNICÍPIO DE CORONEL EZEQUIEL AO MUNICÍPIO DE SANTA CRUZ</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_no_07-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_no_07-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A COMPLEMENTAÇÃO DO CALÇAMENTO, EM PARALELEPÍPEDO NA LADEIRA DA RUA JOSÊ DE MATA E NA RUA FREI DAMIÃO</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO ADICIONAL DE INSALUBRIDADE AOS AUXILIARES DE SERVIÇOS GERAIS DA SECRETARIA DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_no_09-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_no_09-2025.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLATAÇÃO DA CASA DE APOIO DA MULHER NO ÂMBITO DO MUNICÍPIO DE CORONEL EZEQUIEL/RN</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE PARADAS DE ÔNIBOS NO MUNICÍPIO DE CORONEL EZEQUEIL/RN</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_no_11-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_no_11-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMA DA BIBLIOTECA MUNICIPAL DE CORONEL EZEQUIEL/RN</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DAS ESTRADAS VICINAIS DAS COMUNIDADES RURAIS</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_no_13-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_no_13-2025.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM CENTRO DE VELÓRIO NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Cidinho, Benedito, Jacaré, Paula, Raquel de Cocó, Zezinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_no_14-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_no_14-2025.pdf</t>
   </si>
   <si>
     <t>RATIFICAÇÃO DA SOLICITAÇÃO DE URGÊNCIA ESPECIAL AO PROJETO DE LEI COMPLEMENTAR Nº 04/2025, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_no_15-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_no_15-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DA REFORMA E MELHORIAS NO CEMITERIO MUNICIPAL DO CORONEL EZEQUIEL/RN</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_no_16-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_no_16-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RETROESCAVADEIRA PARA ESCAVAÇÃO DE EXTENSÃO DE REDE</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Geydson</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_no_17-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_no_17-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EQUIPARAÇÃO SALARIAL DOS MOTORISTAS E OPERADORES DE MÁQUINAS ADMITIDOS PELO CONCURSO PÚBLICO DO EDITAL 01/2018, GARANTINDO A IGUALDADE REMUNERATÓRIA EM RELAÇÃO AOS MOTORISTAS E OPERADORES DE MÁQUINAS ADMITIDOS ANTERIORMENTE.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_no_18-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_no_18-2025.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA INSTALAÇÃO DE ENERGIA SOLAR NOS PRÉDIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_no_19-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_no_19-2025.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA CONCLUIR A PAVIMENTAÇÃO DAS RUAS MANOEL FRANCISCO DA ROCHA E GENÉSIO ALVES DA SILVA</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_no_20-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_no_20-2025.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA AQUISIÇÃO DE UMA NOVA AMBULÂNCIA</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_no_21-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_no_21-2025.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA COMUNIDADE SANTA QUITÉRIA</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_no_22-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_no_22-2025.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA REALIZAÇÃO DE REPAROS DE PAVIMENTAÇÃO NO TRECHO DA RN 023 QUE PASSA PELAS RUAS GETÚLIO VARGAS, JOÃO ANTUNES SOBRINHO E TRAIRI.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_no_23-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_no_23-2025.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA REALIZAÇÃO DE REFORMAS NA ESTRATÉGIA DE SAÚDE DA FAMÍLIA (ESF1) LOCALIZADA NA RUA GETÚLIO VARGAS</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_no_24-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_no_24-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INCLUSÃO NO PLANEJAMENTO DE PAVIMENTAÇÃO DE RUAS E PASSAGENS MOLHADAS NO MUNICÍPIO</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_no_25-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_no_25-2025.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA REDE DE ENERGIA ELÉTRICA NA RUA MONSENHOR SEVERINO BEZERRA, LOCALIZADA NO CONJUNTO IRMÃ ELIZA</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_no_26-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_no_26-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DOS POSTOS DE SAÚDE DAS COMUNIDADES GURJAU E SITIO TRONCO.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>27</t>
-[...2 lines deleted...]
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_no_27-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_no_27-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DO CAMPO DE FUTEBOL COM VISTUARIOS, BANHEIROS, ARQUIBANCADAS, PINTURA INTERNA E EXTERNA COM SINBOLOS DE ESPORTE, LIMPEZA DO MATO INTERNO E EXTERNO.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/123/requerimento_no_28-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/123/requerimento_no_28-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A AMPLIAÇÃO DO ESPAÇO DO SALÃO, E DA COZINHA DO CLUBE DOS IDOSOS E CONSTRUÇÃO DE UMA ACADEMIA POPULAR AO LADO ESQUERDO DO REFERIDO PRÉDIO.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/124/requerimento_no_29-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/124/requerimento_no_29-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE UM ESPAÇO NO SITIO GURJAU PARA O CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_no_30-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_no_30-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A EXTENSÃO DA REDE DE ABASTECIMENTO DE ÁGUA DA CAERN NAS SEGUINTES COMUNIDADES, SITIO FIGUEIREDO E SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_no_31-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_no_31-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE URGÊNCIA ESPECIAL A PROJETO DE LEI.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/126/requerimento_no_32-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/126/requerimento_no_32-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE URGÊNCIA ESPECIAL AO PROJETO DE LEI</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_no_33-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_no_33-2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE CAPACITAÇÃO DE RECEPCIONISTAS NO ATENDIMENTO A PESSOAS COM AUTISMO (TEA)</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_no_34-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_no_34-2025.pdf</t>
   </si>
   <si>
     <t>REQUER COLETORES DE LIXO PARA OS CONJUNTOS JOSÉ MAURICIO DE ANDRADE E CONJUNTO IRMÃ ELISA</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Zezinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_no_35-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_no_35-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NA COMUNIDADE DO RIACHO FECHADO NO RIO DO RIVALDO1</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_no_37-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_no_37-2025.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO A PINTURA E RESTAURAÇÃO DOS QUIOSQUES EZEQUIEL/RN.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_no_38-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_no_38-2025.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO A PINTURA E RESTAURAÇÃO DOS MEIOS-FIOS DE CORONEL EZEQUIEL/RN.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_no_39-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_no_39-2025.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO A NOMEAÇÃO DE RUA COM O NOME DO SENHOR CLODOALDO VARELA DE MEDEIROS</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_no_40-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_no_40-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE UMA VAN COM ACESSIBILIDADE PARA A PREFEITURA MUNICIPAL DE CORONEL EZEQUIEL, DESTINADA A ÁREA DA SAÚDE</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_no_42-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_no_42-2025.pdf</t>
   </si>
   <si>
     <t>Proposta de um Programa Municipal de Arborização Urbana, visando o plantio, manutenção e preservação de árvores nas vias públicas do município.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_no_44-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_no_44-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação da construção de um letreiro decorativo com o nome da comunidade Cachoeira</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Benedito, Orlando</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_no_45-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_no_45-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma passagem molhada que liga o município de Coronel Ezequiel e dá acesso ao Sitio Antas, Sitio Santa Catarina e ao município de Campo Redondo</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_46-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_46-2025.pdf</t>
   </si>
   <si>
     <t>Proposta para elaboração de projeto de uma quadra que acomode modalidades praticadas em areia</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_47-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_47-2025.pdf</t>
   </si>
   <si>
     <t>Proposta para elaboração de um plano municipal de abastecimento de água, para atividades domésticas, em cisternas da Zona Rural</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_no_48-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_no_48-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação da construção de um letreiro decorativo com o nome da Cidade na Entrada de Coronel Ezequiel</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_no_49-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_no_49-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação da limpa dos Matos dos Terrenos Baldios da Cidade</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Cidinho, Geydson, Orlando, Raquel de Cocó, Valdicleide</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_no_50-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_no_50-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao Projeto de Lei</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Benedito, Cidinho, Raquel de Cocó</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_no_51-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_no_51-2025.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de dois redutores de velocidade (quebra - mola) na comunidade Cachoeiras no município de Coronel Ezequiel/RN</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Benedito, Cidinho, Geydson, Jacaré, Orlando, Paula, Raquel de Cocó, Valdicleide, Zezinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_no_53-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_no_53-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao Projeto de Lei N° 12/2025</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/155/requerimento_no_54-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/155/requerimento_no_54-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao Projeto de Lei Complementar Municipal N° 13/2025</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_no_55-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_no_55-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de cursos de primeiros socorros para motoristas, vigias e recepcionistas da área da saúde do município</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_no_56-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_no_56-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação da limpeza de barreiros públicos</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Benedito, Cidinho, Geydson, Jacaré, Orlando, Paula, Valdicleide, Zezinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_no_57-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_no_57-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N° 14/2025.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_no_58-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_no_58-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N°  15/2025.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_no_59-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_no_59-2025.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de um redutor de velocidade (Lombada Eletrônica) na RN-023 que liga o município de Coronel Ezequiel/RN a Santa Cruz/RN.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Benedito, Cidinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_no_60-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_no_60-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao poder executivo a pavimentação em paralelepipado da Rua Maria Lindalva no município de Coronel Ezequiel/RN.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_no_61-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_no_61-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação do uso da Tribuna Popular</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_no_62-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_no_62-2025.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de ações de conscientização e implementação de políticas públicas de enfrentamento á violência contra a mulher no âmbito do município no mês de agosto "agosto lilás".</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_no_63-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_no_63-2025.pdf</t>
   </si>
   <si>
     <t>Solicita á secretaria municipal de educação a implantação de oficinas de artes marciais (como capoeira, judô, taekwondo, jiu-jitsu, karatê, entre outras) nas escolas públicas do município, como medida educativa, cultural e de proteção sociais ás crianças e adolescentes</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_no_64-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_no_64-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a pavimentação em paralelepípedo do beco localizado no calçadão da Rua Travessa Silvio Pedrosa que dá acesso a Rua Geraldo Paulo de Andrade na Cidade de Coronel Ezequiel/RN</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_no_65-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_no_65-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação das duas ladeiras localizadas na comunidade Tabua, visando melhorias na mobilidade urbana, acessibilidade e qualidade de vida da população</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_no_66-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_no_66-2025.pdf</t>
   </si>
   <si>
     <t>Solicita apoio institucional à implantação do Projeto Social intitulado “Movimento e Vida – Saúde, Bem-Estar e Lazer para Todos”.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_no_67-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_no_67-2025.pdf</t>
   </si>
   <si>
     <t>Solicita apoio institucional e logístico para a implementação do Projeto Social Esportivo “Talento em Ação – Formação e Rendimento Esportivo”.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_no_68-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_no_68-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a inscrição do município de Coronel Ezequiel/RN no Programa de Melhorias Sanitárias Domiciliares (MSD), promovido pela Fundação Nacional de Saúde (Funasa), com vistas à ampliação do acesso ao saneamento básico em comunidades rurais e tradicionais.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_no_69-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_no_69-2025.pdf</t>
   </si>
   <si>
     <t>Solicita apoio institucional e encaminhamento ao órgão competente para viabilização da proposta nº 3600020230058, devidamente habilitada no âmbito do Novo Programa de Aceleração do Crescimento (Novo PAC), eixo Saúde, destinada à aquisição de uma Unidade Odontológica Móvel (UOM).</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_no_70-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_no_70-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação do roço da via e soterramento de poças de água do trecho conhecido como estrada de Milton a Birico</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_no_71-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_no_71-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao projeto de Lei Nº 17/2025</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_no_72-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_no_72-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Urgência especial ao Projeto de Lei Nº 18/2025</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_no_73-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_no_73-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao Projeto de Lei Nº 19/2025</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_no_74-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_no_74-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao Projeto de Lei Nº 21/2025</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_no_75-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_no_75-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao Projeto de Lei Nº 022/2025</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/193/requerimento_no_76-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/193/requerimento_no_76-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao Projeto de Lei Complementar Nº 08/2025</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_no_77-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_no_77-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de implantação de torre/sinal de telefonia móvel na comunidade Sítio Cachoeira no município de Coronel Ezequiel/RN.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_no_78-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_no_78-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação da reforma do AEE (atendimento escolar especializado)</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_no_79-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_no_79-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza do colégio abandonado pelo o poder público na comunidade Sitio Tabua.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_no_80-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_no_80-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao poder executivo a pavimentação em paralelepípedo da rua Raimundo Farias da Costa situada na cidade de Coronel Ezequiel/RN.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_no_82-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_no_82-2025.pdf</t>
   </si>
   <si>
     <t>Sugestão ao Poder Executivo Municipal para instituição do Código de Obras no município.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_no_83-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_no_83-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de doação de terreno, de propriedade do município de Coronel Ezequiel/RN, com a finalidade de viabilizar a construção da nova sede da Câmara Municipal de Coronel Ezequiel</t>
   </si>
   <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_no_100_2025.pdf</t>
+  </si>
+  <si>
+    <t>Implantar atendimento nas nas academias locais para os idosos, com 60 anos ou mais, residentes no município, que apresentem laudo medico indicado necessidade de fortalecimento muscular ou reabilitação</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_no101_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação a CAERN da construção de uma adutora que ligue o açude conhecido como ''açude publico do riacho fechado'' a comunidade rural conhecida como ''vila do riacho fechado'' ate a Comunidade Rural Santa Quitéria</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/216/019b27b0-48fa-7521-b97e-30c0fbe38b10_1.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N° 027/2025.</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/214/019b47ae-720c-7786-82ac-740c06b9fbb3.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE URGÊNCIA ESPECIAL AO PROJETO DE LEI COMPLEMENTAR N° 09/2025.</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_no102_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao poder executivo a construção de um matadouro publico nas mediações de Coronel Ezequiel / RN</t>
+  </si>
+  <si>
     <t>87</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/87/resolucao_no_02-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/87/resolucao_no_02-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESTINAÇÃO DE BENS INSERVÍVEIS DA CÂMARA MUNICIPAL DE CORONEL EZEQUIEL/RN E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/122/projeto_de_resolucao_no_03-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/122/projeto_de_resolucao_no_03-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA TRIBUNA LIVRE NA CÂMARA MUNICIPAL DE CORONEL EZEQUIEL/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Cidinho, Raquel de Cocó, Zezinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_resolucao_no_04-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_resolucao_no_04-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação, a estrutura e o funcionamento da ouvidoria parlamentar do poder legislativo municipal de Coronel Ezequiel/RN e providências</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_resolucao_no_05-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_resolucao_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da lei federal Nº 12.527, de 18 de novembro de 2011 lei de acesso á informação (LAI) no âmbito da Câmara Municipal de Coronel Ezequiel/RN, e dá outras providências</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_resolucao_no_06-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_resolucao_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da lei federal Nº 13.709, de 14 de agosto de 2018, que trata da lei de proteção de dados pessoais (LGPD), no âmbito da Câmara Municipal de Coronel Ezequiel/RN e dá outras providências</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_resolucao_no_07-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_resolucao_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da lei federal Nº 14.129/2021 para estabelecer o programa de governo digital no poder legislativo do município de Coronel Ezequiel/RN – GDLCE e dá outras providências</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_resolucao_no_08-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_resolucao_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de uma comissão de assuntos relevantes para revisão da Lei Orgânica Municipal de Coronel Ezequiel/RN.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/183/projeto_de_resolucao_no_09-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/183/projeto_de_resolucao_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Define o e-mail Institucional como meio oficial de comunicação legislativa no âmbito da Câmara Municipal de Coronel Ezequiel/RN e dá outras providências</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_resolucao_no_10-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_resolucao_no_10-2025.pdf</t>
   </si>
   <si>
     <t>Cria a procuradoria especial da mulher no âmbito da Câmara Municipal de Coronel Ezequiel/RN e dá outras providências.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/77/projeto_de_lei_complementar_no_01-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/77/projeto_de_lei_complementar_no_01-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE A ESTRUTURA ORGANIZACIONAL DO PODER LEGISLATIVO MUNICIPAL, DEFINE E REAJUSTA AS ATRIBUIÇÕES COMUNS E ESPECÍFICAS DAS UNIDADES DE DIREÇÃO , CHEFIA, ASSESSORAMENTO E CORDENAÇÃO DE SERVIÇOS, BEM COMO DOS CARGOS DE PROVIMENTO EFETIVO, EM COMISSÃO E AS GRATIFICAÇÕES DE FUNÇÕES DE CONFIANÇA, ASSIM COMO O QUANTITATIVO, O PLANO DE CARGOS, VENCIMENTOS E CARREIRAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE CORONEL EZEQUIEL, ESTADO DO RIO GRANDE DO NORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_complementar_no_02-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_complementar_no_02-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ART. 37, INCISO IX DA CONSTITUIÇÃO FEDERAL,  AUTORIZANDO A CONTRATAÇÃO PARA ATENDER Á NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO . NO ÂMBITO DA CÂMARA MUNICIPAL DE CORONEL EZEQUIEL/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_complementar_no_03-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_complementar_no_03-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER LEGISLATIVO MUNICIPAL A CONCEDER 01 (UM) DIA DE FOLGA REMUNERADA AOS SERVIDORES PÚBLICOS, COM ATRIBUIÇÕES NA CÂMARA MUNICIPAL DE CORONEL EZEQUIEL/RN, NA DATA DE SEUS RESPECTIVOS ANIVERSÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>PLCM</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_complementar_municipal_no_02-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_complementar_municipal_no_02-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DESMENBRAMENTO DE SECRETARIAS, CRIAÇÃO DE SECRETARIAS E CRIAÇÃO DE CARGOS NA ESTRUTURA ADMINISTRATIVA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_complementar_municipal_no_03-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_complementar_municipal_no_03-2025.pdf</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÃO DE CARÁTER INDENIZÁTORIO DESTINADA AOS CONSELHEIROS TUTELARES DO MUNICÍPIO DE CORONEL EZEQUIEL/RN, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_complementar_municipal_no_04-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_complementar_municipal_no_04-2025.pdf</t>
   </si>
   <si>
     <t>CRIA SECRETARIA MUNICIPAL, TRANSFORMA E REMANEJA CARGOS E FUNÇÕES PÚBLICAS E ALTERA A ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICIPIO DE CORONEL EZEQUIEL/RN E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/119/projeto_de_lei_complementar_municipal_no_06-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/119/projeto_de_lei_complementar_municipal_no_06-2025.pdf</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÃO DE CARÁTER IDENIZATORIO DESTINADOS AOS AGENTES DE VIGILÂNCIA SANITÁRIA DO MUNICIPIO DE CORONEL EZEQUIEL/RN, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_lei_complementar_municipal_no_07-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_lei_complementar_municipal_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Altera as leis municipais nº 373/2009 e 420/2013, para modificar a estrutura organizacional com a criação de novos cargos para secretaria municipal de assistência social, e dá outras providências</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_complementar_municipal_no_08-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_complementar_municipal_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Altera a alíquota de incidência do Imposto Sobre Serviços (ISS) para serviços de loteria e demais produtos desta natureza, bem como serviços prestados por plataformas tecnológicas credenciadas, conforme preconizam a Lei Municipal nº 637/2025, alterando o Código Tributário Municipal, para estabelecer como tributação a alíquota de 2% para estas atividades.</t>
   </si>
   <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/215/019b47b7-0234-73bf-9365-05d5c24b7f4a.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A TABELA I ANEXA Á LEI Nº 507, DE 18 DE MAIO DE 2018 (CÓDIGO TRIBUTÁRIO MUNICIPAL), PARA INCLUIR NOVAS ATIVIDADES SUJEITAS Á TAXA DE FISCALIZAÇÃO DE LOCALIZAÇÃO, INSTALAÇÃO E FUNCIONAMENTO, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>131</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no_02-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no_02-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CONCESSÃO DE FOLGA REMUNERADA AO SERVIDOR PÚBLICO MUNICIPAL NO DIA DO SEU ANIVERSÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDAS</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/174/emenda_no_01.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/174/emenda_no_01.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao Projeto de Lei Nº 016/2025, do poder executivo, para dispor sobre inclusão de previsão de ações na LDO - Lei de Diretrizes Orçamentárias, e dá outras providências</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>CCJR - COMISSÃO DE CONSTITUIÇÃO, LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/178/emenda_02.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/178/emenda_02.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao Projeto de Lei Municipal Nº 016/2025, que dispõe sobre as diretrizes orçamentarias para elaboração do orçamento geral do Munícipio do exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/179/emenda_03.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/179/emenda_03.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao Projeto de Lei Municipal Nº 016/2025, que dispõe sobre as diretrizes orçamentárias para elaboração do orçamento geral do município do exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/180/emenda_04.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/180/emenda_04.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao Projeto de Lei Municipal Nº 016/2025, que dispõe sobre as diretrizes orçamentarias para elaboração do orçamento geral do município do exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/181/emenda_05.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/181/emenda_05.pdf</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/182/emenda_06.pdf</t>
-[...2 lines deleted...]
-    <t>105</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/182/emenda_06.pdf</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/105/mocao_de_aplausos_no_01-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/105/mocao_de_aplausos_no_01-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS AGENTES COMUNITÁRIOS DE ENDEMIAS</t>
   </si>
   <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/219/mocao_de_aplausos_no_002_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ainda, que a referida equipe seja formalmente agraciada com as devidas e merecidas honrarias no recinto desta casa legislativa, em reconhecimento ao trabalho realizado com dedicação e sensibilidade. Diante a relevância social e cultural do projeto natal de amor e luz solicito solicito especial atenção e o voto favorável dos nobres pares para aprovação desta moção.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/220/mocao_de_aplausos_no003_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ainda, que a referida equipe seja formalmente agraciada com as devidas e merecidas honrarias no recinto desta casa Legislativa, em reconhecimento ao trabalho essencial e a excelência na prestação de serviço que resultou em uma importante premiação para nosso município. Diante da relevância da conquista  do selo ''Cidade Limpa'' pelo MPRN, solicito especial atenção e o voto favorável dos nobres pares para aprovação desta moção</t>
+  </si>
+  <si>
     <t>112</t>
   </si>
   <si>
     <t>ADM</t>
   </si>
   <si>
     <t>ATO DE MESA</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ato_de_mesa_no_04-2025.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ato_de_mesa_no_04-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SOLICITAÇÃO, AO PODER EXECUTIVO MUNICIPAL, DA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE CORRENTE, E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>EMEMD</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/222/emenda_modificativa_no01_2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica alterado do inicio II do art. 6º do projeto de lei Ordinária nº 023 / 2025, que passa a vigorar com a seguinte redação</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/223/emenda_modificativa_no02_2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica alterado o quadro detalhado de despesa, anexo ao projeto de lei Ordinária nº023/2025, que passa a vigorar com a seguinte redação</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1890,68 +2001,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_municipal_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/120/projeto_de_lei_municipal_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/121/projeto_de_lei_municipal_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_municipal_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_municipal_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_municipal_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_municipal_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_municipal_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_municipal_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lei_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/199/projeto_de_lei_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/127/projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/171/projeto_de_lei_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/176/projeto_de_lei_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/123/requerimento_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/124/requerimento_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/126/requerimento_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/155/requerimento_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_no_74-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_no_75-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/193/requerimento_no_76-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_no_78-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_no_79-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_no_80-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_no_82-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_no_83-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/87/resolucao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/122/projeto_de_resolucao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_resolucao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_resolucao_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_resolucao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_resolucao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_resolucao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/183/projeto_de_resolucao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_resolucao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/77/projeto_de_lei_complementar_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_complementar_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_complementar_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_complementar_municipal_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_complementar_municipal_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_complementar_municipal_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/119/projeto_de_lei_complementar_municipal_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_lei_complementar_municipal_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_complementar_municipal_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/174/emenda_no_01.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/178/emenda_02.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/179/emenda_03.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/180/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/181/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/182/emenda_06.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/105/mocao_de_aplausos_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ato_de_mesa_no_04-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_municipal_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/120/projeto_de_lei_municipal_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/121/projeto_de_lei_municipal_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_municipal_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_municipal_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_municipal_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_municipal_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_municipal_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_municipal_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lei_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/199/projeto_de_lei_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/218/projeto_de_lei_n_232025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/127/projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/171/projeto_de_lei_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/176/projeto_de_lei_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/123/requerimento_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/124/requerimento_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/126/requerimento_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/155/requerimento_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_no_74-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_no_75-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/193/requerimento_no_76-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_no_78-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_no_79-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_no_80-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_no_82-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_no_83-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_no_100_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_no101_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/216/019b27b0-48fa-7521-b97e-30c0fbe38b10_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/214/019b47ae-720c-7786-82ac-740c06b9fbb3.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_no102_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/87/resolucao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/122/projeto_de_resolucao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_resolucao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_resolucao_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_resolucao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_resolucao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_resolucao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/183/projeto_de_resolucao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_resolucao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/77/projeto_de_lei_complementar_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_complementar_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_complementar_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_complementar_municipal_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_complementar_municipal_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_complementar_municipal_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/119/projeto_de_lei_complementar_municipal_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_lei_complementar_municipal_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_complementar_municipal_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/215/019b47b7-0234-73bf-9365-05d5c24b7f4a.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/174/emenda_no_01.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/178/emenda_02.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/179/emenda_03.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/180/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/181/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/182/emenda_06.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/105/mocao_de_aplausos_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/219/mocao_de_aplausos_no_002_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/220/mocao_de_aplausos_no003_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ato_de_mesa_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/222/emenda_modificativa_no01_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2025/223/emenda_modificativa_no02_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H135"/>
+  <dimension ref="A1:H147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="79.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2471,2992 +2582,3301 @@
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="H21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>91</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="F22" t="s">
+      <c r="H22" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>92</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>99</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F24" t="s">
+        <v>100</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H24" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F26" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H26" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F27" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>113</v>
+        <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>115</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F28" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H28" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F29" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H29" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F30" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="H30" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>125</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F31" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H31" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>128</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>99</v>
+      </c>
+      <c r="F32" t="s">
         <v>129</v>
       </c>
-      <c r="E32" t="s">
+      <c r="G32" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="F32" t="s">
+      <c r="H32" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>132</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>48</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>99</v>
+      </c>
+      <c r="F33" t="s">
+        <v>129</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>135</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="D34" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E34" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F34" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>138</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E35" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F35" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>140</v>
+        <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>142</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E36" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F36" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="G36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>144</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>145</v>
       </c>
-      <c r="B37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E37" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F37" t="s">
-        <v>93</v>
+        <v>146</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H37" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D38" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E38" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F38" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="H38" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D39" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E39" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F39" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="H39" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D40" t="s">
+        <v>136</v>
+      </c>
+      <c r="E40" t="s">
+        <v>137</v>
+      </c>
+      <c r="F40" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E41" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F41" t="s">
-        <v>122</v>
+        <v>146</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H41" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D42" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E42" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F42" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D43" t="s">
+        <v>136</v>
+      </c>
+      <c r="E43" t="s">
+        <v>137</v>
+      </c>
+      <c r="F43" t="s">
         <v>129</v>
       </c>
-      <c r="E43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G43" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H43" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E44" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F44" t="s">
-        <v>164</v>
+        <v>105</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>165</v>
+        <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>167</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D45" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E45" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F45" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>168</v>
       </c>
       <c r="H45" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>170</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="D46" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E46" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F46" t="s">
-        <v>98</v>
+        <v>171</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H46" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D47" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E47" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F47" t="s">
-        <v>174</v>
+        <v>119</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>175</v>
       </c>
       <c r="H47" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>177</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="D48" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E48" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F48" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>178</v>
       </c>
       <c r="H48" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>180</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="D49" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E49" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F49" t="s">
-        <v>102</v>
+        <v>181</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H49" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D50" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E50" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F50" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H50" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D51" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E51" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F51" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H51" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="D52" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E52" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F52" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H52" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>193</v>
+        <v>80</v>
       </c>
       <c r="D53" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E53" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F53" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>194</v>
       </c>
       <c r="H53" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>196</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D54" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E54" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F54" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H54" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>199</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
+        <v>87</v>
+      </c>
+      <c r="D55" t="s">
+        <v>136</v>
+      </c>
+      <c r="E55" t="s">
+        <v>137</v>
+      </c>
+      <c r="F55" t="s">
+        <v>109</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>202</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>91</v>
+      </c>
+      <c r="D56" t="s">
+        <v>136</v>
+      </c>
+      <c r="E56" t="s">
+        <v>137</v>
+      </c>
+      <c r="F56" t="s">
+        <v>109</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="H56" t="s">
         <v>204</v>
-      </c>
-[...13 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>205</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>206</v>
+      </c>
+      <c r="D57" t="s">
+        <v>136</v>
+      </c>
+      <c r="E57" t="s">
+        <v>137</v>
+      </c>
+      <c r="F57" t="s">
+        <v>109</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="H57" t="s">
         <v>208</v>
-      </c>
-[...13 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>209</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>210</v>
+      </c>
+      <c r="D58" t="s">
+        <v>136</v>
+      </c>
+      <c r="E58" t="s">
+        <v>137</v>
+      </c>
+      <c r="F58" t="s">
+        <v>105</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="H58" t="s">
         <v>212</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>213</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>95</v>
+      </c>
+      <c r="D59" t="s">
+        <v>136</v>
+      </c>
+      <c r="E59" t="s">
+        <v>137</v>
+      </c>
+      <c r="F59" t="s">
+        <v>105</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H59" t="s">
         <v>215</v>
-      </c>
-[...19 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>216</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>217</v>
+      </c>
+      <c r="D60" t="s">
+        <v>136</v>
+      </c>
+      <c r="E60" t="s">
+        <v>137</v>
+      </c>
+      <c r="F60" t="s">
+        <v>105</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H60" t="s">
         <v>219</v>
-      </c>
-[...19 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>220</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>221</v>
+      </c>
+      <c r="D61" t="s">
+        <v>136</v>
+      </c>
+      <c r="E61" t="s">
+        <v>137</v>
+      </c>
+      <c r="F61" t="s">
+        <v>105</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H61" t="s">
         <v>223</v>
-      </c>
-[...19 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>224</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>225</v>
+      </c>
+      <c r="D62" t="s">
+        <v>136</v>
+      </c>
+      <c r="E62" t="s">
+        <v>137</v>
+      </c>
+      <c r="F62" t="s">
+        <v>100</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H62" t="s">
         <v>227</v>
-      </c>
-[...19 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>228</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>229</v>
+      </c>
+      <c r="D63" t="s">
+        <v>136</v>
+      </c>
+      <c r="E63" t="s">
+        <v>137</v>
+      </c>
+      <c r="F63" t="s">
+        <v>138</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H63" t="s">
         <v>231</v>
-      </c>
-[...19 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>232</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>233</v>
+      </c>
+      <c r="D64" t="s">
+        <v>136</v>
+      </c>
+      <c r="E64" t="s">
+        <v>137</v>
+      </c>
+      <c r="F64" t="s">
+        <v>138</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H64" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>236</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>237</v>
+      </c>
+      <c r="D65" t="s">
+        <v>136</v>
+      </c>
+      <c r="E65" t="s">
+        <v>137</v>
+      </c>
+      <c r="F65" t="s">
+        <v>109</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H65" t="s">
         <v>239</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D66" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E66" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F66" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="H66" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>244</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>245</v>
+      </c>
+      <c r="D67" t="s">
+        <v>136</v>
+      </c>
+      <c r="E67" t="s">
+        <v>137</v>
+      </c>
+      <c r="F67" t="s">
+        <v>246</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H67" t="s">
         <v>248</v>
-      </c>
-[...19 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>249</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>250</v>
+      </c>
+      <c r="D68" t="s">
+        <v>136</v>
+      </c>
+      <c r="E68" t="s">
+        <v>137</v>
+      </c>
+      <c r="F68" t="s">
+        <v>119</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H68" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>253</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>254</v>
+      </c>
+      <c r="D69" t="s">
+        <v>136</v>
+      </c>
+      <c r="E69" t="s">
+        <v>137</v>
+      </c>
+      <c r="F69" t="s">
+        <v>119</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H69" t="s">
         <v>256</v>
-      </c>
-[...19 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>257</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>258</v>
+      </c>
+      <c r="D70" t="s">
+        <v>136</v>
+      </c>
+      <c r="E70" t="s">
+        <v>137</v>
+      </c>
+      <c r="F70" t="s">
+        <v>119</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H70" t="s">
         <v>260</v>
-      </c>
-[...19 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>261</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>262</v>
+      </c>
+      <c r="D71" t="s">
+        <v>136</v>
+      </c>
+      <c r="E71" t="s">
+        <v>137</v>
+      </c>
+      <c r="F71" t="s">
+        <v>100</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H71" t="s">
         <v>264</v>
-      </c>
-[...19 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>265</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>266</v>
+      </c>
+      <c r="D72" t="s">
+        <v>136</v>
+      </c>
+      <c r="E72" t="s">
+        <v>137</v>
+      </c>
+      <c r="F72" t="s">
+        <v>109</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H72" t="s">
         <v>268</v>
-      </c>
-[...19 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D73" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E73" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F73" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="H73" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>273</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>274</v>
+      </c>
+      <c r="D74" t="s">
+        <v>136</v>
+      </c>
+      <c r="E74" t="s">
+        <v>137</v>
+      </c>
+      <c r="F74" t="s">
+        <v>275</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H74" t="s">
         <v>277</v>
-      </c>
-[...19 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>278</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>279</v>
+      </c>
+      <c r="D75" t="s">
+        <v>136</v>
+      </c>
+      <c r="E75" t="s">
+        <v>137</v>
+      </c>
+      <c r="F75" t="s">
+        <v>109</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H75" t="s">
         <v>281</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>282</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>283</v>
+      </c>
+      <c r="D76" t="s">
+        <v>136</v>
+      </c>
+      <c r="E76" t="s">
+        <v>137</v>
+      </c>
+      <c r="F76" t="s">
+        <v>109</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H76" t="s">
         <v>285</v>
-      </c>
-[...19 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>286</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>287</v>
+      </c>
+      <c r="D77" t="s">
+        <v>136</v>
+      </c>
+      <c r="E77" t="s">
+        <v>137</v>
+      </c>
+      <c r="F77" t="s">
+        <v>105</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H77" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D78" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E78" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F78" t="s">
-        <v>296</v>
+        <v>105</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="H78" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="D79" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E79" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F79" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="H79" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D80" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E80" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F80" t="s">
         <v>301</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="H80" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>304</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>305</v>
+      </c>
+      <c r="D81" t="s">
+        <v>136</v>
+      </c>
+      <c r="E81" t="s">
+        <v>137</v>
+      </c>
+      <c r="F81" t="s">
+        <v>306</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H81" t="s">
         <v>308</v>
-      </c>
-[...19 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>309</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>310</v>
+      </c>
+      <c r="D82" t="s">
+        <v>136</v>
+      </c>
+      <c r="E82" t="s">
+        <v>137</v>
+      </c>
+      <c r="F82" t="s">
+        <v>306</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H82" t="s">
         <v>312</v>
-      </c>
-[...19 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>313</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>314</v>
+      </c>
+      <c r="D83" t="s">
+        <v>136</v>
+      </c>
+      <c r="E83" t="s">
+        <v>137</v>
+      </c>
+      <c r="F83" t="s">
+        <v>105</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H83" t="s">
         <v>316</v>
-      </c>
-[...19 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D84" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E84" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F84" t="s">
-        <v>301</v>
+        <v>105</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="H84" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>321</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>322</v>
+      </c>
+      <c r="D85" t="s">
+        <v>136</v>
+      </c>
+      <c r="E85" t="s">
+        <v>137</v>
+      </c>
+      <c r="F85" t="s">
+        <v>323</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H85" t="s">
         <v>325</v>
-      </c>
-[...19 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>326</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>327</v>
+      </c>
+      <c r="D86" t="s">
+        <v>136</v>
+      </c>
+      <c r="E86" t="s">
+        <v>137</v>
+      </c>
+      <c r="F86" t="s">
+        <v>306</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H86" t="s">
         <v>329</v>
-      </c>
-[...19 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="D87" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E87" t="s">
-        <v>130</v>
+        <v>137</v>
+      </c>
+      <c r="F87" t="s">
+        <v>138</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="H87" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>334</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>335</v>
+      </c>
+      <c r="D88" t="s">
+        <v>136</v>
+      </c>
+      <c r="E88" t="s">
+        <v>137</v>
+      </c>
+      <c r="F88" t="s">
+        <v>336</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H88" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>339</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>340</v>
+      </c>
+      <c r="D89" t="s">
+        <v>136</v>
+      </c>
+      <c r="E89" t="s">
+        <v>137</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H89" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>343</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>344</v>
+      </c>
+      <c r="D90" t="s">
+        <v>136</v>
+      </c>
+      <c r="E90" t="s">
+        <v>137</v>
+      </c>
+      <c r="F90" t="s">
+        <v>146</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H90" t="s">
         <v>346</v>
-      </c>
-[...19 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>347</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>348</v>
+      </c>
+      <c r="D91" t="s">
+        <v>136</v>
+      </c>
+      <c r="E91" t="s">
+        <v>137</v>
+      </c>
+      <c r="F91" t="s">
+        <v>146</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H91" t="s">
         <v>350</v>
-      </c>
-[...19 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>351</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>352</v>
+      </c>
+      <c r="D92" t="s">
+        <v>136</v>
+      </c>
+      <c r="E92" t="s">
+        <v>137</v>
+      </c>
+      <c r="F92" t="s">
+        <v>119</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H92" t="s">
         <v>354</v>
-      </c>
-[...19 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>355</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>356</v>
+      </c>
+      <c r="D93" t="s">
+        <v>136</v>
+      </c>
+      <c r="E93" t="s">
+        <v>137</v>
+      </c>
+      <c r="F93" t="s">
+        <v>246</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H93" t="s">
         <v>358</v>
-      </c>
-[...19 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>359</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>360</v>
+      </c>
+      <c r="D94" t="s">
+        <v>136</v>
+      </c>
+      <c r="E94" t="s">
+        <v>137</v>
+      </c>
+      <c r="F94" t="s">
+        <v>109</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H94" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>363</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>364</v>
+      </c>
+      <c r="D95" t="s">
+        <v>136</v>
+      </c>
+      <c r="E95" t="s">
+        <v>137</v>
+      </c>
+      <c r="F95" t="s">
+        <v>109</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H95" t="s">
         <v>366</v>
-      </c>
-[...19 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>367</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>368</v>
+      </c>
+      <c r="D96" t="s">
+        <v>136</v>
+      </c>
+      <c r="E96" t="s">
+        <v>137</v>
+      </c>
+      <c r="F96" t="s">
+        <v>109</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H96" t="s">
         <v>370</v>
-      </c>
-[...19 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>371</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>372</v>
+      </c>
+      <c r="D97" t="s">
+        <v>136</v>
+      </c>
+      <c r="E97" t="s">
+        <v>137</v>
+      </c>
+      <c r="F97" t="s">
+        <v>109</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H97" t="s">
         <v>374</v>
-      </c>
-[...19 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>375</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>376</v>
+      </c>
+      <c r="D98" t="s">
+        <v>136</v>
+      </c>
+      <c r="E98" t="s">
+        <v>137</v>
+      </c>
+      <c r="F98" t="s">
+        <v>105</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H98" t="s">
         <v>378</v>
-      </c>
-[...19 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>379</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>380</v>
+      </c>
+      <c r="D99" t="s">
+        <v>136</v>
+      </c>
+      <c r="E99" t="s">
+        <v>137</v>
+      </c>
+      <c r="F99" t="s">
+        <v>306</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H99" t="s">
         <v>382</v>
-      </c>
-[...19 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>383</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>384</v>
+      </c>
+      <c r="D100" t="s">
+        <v>136</v>
+      </c>
+      <c r="E100" t="s">
+        <v>137</v>
+      </c>
+      <c r="F100" t="s">
+        <v>306</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H100" t="s">
         <v>386</v>
-      </c>
-[...19 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>387</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>388</v>
+      </c>
+      <c r="D101" t="s">
+        <v>136</v>
+      </c>
+      <c r="E101" t="s">
+        <v>137</v>
+      </c>
+      <c r="F101" t="s">
+        <v>306</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H101" t="s">
         <v>390</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>391</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>392</v>
+      </c>
+      <c r="D102" t="s">
+        <v>136</v>
+      </c>
+      <c r="E102" t="s">
+        <v>137</v>
+      </c>
+      <c r="F102" t="s">
+        <v>306</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H102" t="s">
         <v>394</v>
-      </c>
-[...19 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>395</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>396</v>
+      </c>
+      <c r="D103" t="s">
+        <v>136</v>
+      </c>
+      <c r="E103" t="s">
+        <v>137</v>
+      </c>
+      <c r="F103" t="s">
+        <v>306</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H103" t="s">
         <v>398</v>
-      </c>
-[...19 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>399</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>400</v>
+      </c>
+      <c r="D104" t="s">
+        <v>136</v>
+      </c>
+      <c r="E104" t="s">
+        <v>137</v>
+      </c>
+      <c r="F104" t="s">
+        <v>100</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H104" t="s">
         <v>402</v>
-      </c>
-[...19 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>403</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>404</v>
+      </c>
+      <c r="D105" t="s">
+        <v>136</v>
+      </c>
+      <c r="E105" t="s">
+        <v>137</v>
+      </c>
+      <c r="F105" t="s">
+        <v>100</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H105" t="s">
         <v>406</v>
-      </c>
-[...19 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>407</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>408</v>
+      </c>
+      <c r="D106" t="s">
+        <v>136</v>
+      </c>
+      <c r="E106" t="s">
+        <v>137</v>
+      </c>
+      <c r="F106" t="s">
+        <v>105</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="H106" t="s">
         <v>410</v>
-      </c>
-[...13 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>135</v>
       </c>
       <c r="D107" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E107" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F107" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="H107" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>414</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>415</v>
+      </c>
+      <c r="D108" t="s">
+        <v>136</v>
+      </c>
+      <c r="E108" t="s">
+        <v>137</v>
+      </c>
+      <c r="F108" t="s">
+        <v>119</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B108" t="s">
-[...14 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>418</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>142</v>
+      </c>
+      <c r="D109" t="s">
+        <v>136</v>
+      </c>
+      <c r="E109" t="s">
+        <v>137</v>
+      </c>
+      <c r="F109" t="s">
+        <v>109</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B109" t="s">
-[...5 lines deleted...]
-      <c r="D109" t="s">
+      <c r="H109" t="s">
         <v>420</v>
-      </c>
-[...10 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D110" t="s">
-        <v>420</v>
+        <v>136</v>
       </c>
       <c r="E110" t="s">
-        <v>421</v>
+        <v>137</v>
       </c>
       <c r="F110" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="H110" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="D111" t="s">
-        <v>420</v>
+        <v>136</v>
       </c>
       <c r="E111" t="s">
-        <v>421</v>
+        <v>137</v>
       </c>
       <c r="F111" t="s">
-        <v>428</v>
+        <v>109</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="H111" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="D112" t="s">
-        <v>420</v>
+        <v>136</v>
       </c>
       <c r="E112" t="s">
-        <v>421</v>
+        <v>137</v>
       </c>
       <c r="F112" t="s">
+        <v>246</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="G112" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H112" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D113" t="s">
-        <v>420</v>
+        <v>136</v>
       </c>
       <c r="E113" t="s">
-        <v>421</v>
+        <v>137</v>
       </c>
       <c r="F113" t="s">
-        <v>428</v>
+        <v>306</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="H113" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="D114" t="s">
-        <v>420</v>
+        <v>136</v>
       </c>
       <c r="E114" t="s">
-        <v>421</v>
+        <v>137</v>
       </c>
       <c r="F114" t="s">
-        <v>93</v>
+        <v>306</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="H114" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>28</v>
+        <v>437</v>
       </c>
       <c r="D115" t="s">
-        <v>420</v>
+        <v>136</v>
       </c>
       <c r="E115" t="s">
-        <v>421</v>
+        <v>137</v>
       </c>
       <c r="F115" t="s">
-        <v>93</v>
+        <v>119</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="H115" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>440</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>104</v>
+      </c>
+      <c r="D116" t="s">
+        <v>441</v>
+      </c>
+      <c r="E116" t="s">
+        <v>442</v>
+      </c>
+      <c r="F116" t="s">
+        <v>100</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B116" t="s">
-[...11 lines deleted...]
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>445</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="s">
+        <v>441</v>
+      </c>
+      <c r="E117" t="s">
+        <v>442</v>
+      </c>
+      <c r="F117" t="s">
+        <v>109</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="B117" t="s">
-[...14 lines deleted...]
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>399</v>
+        <v>448</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="D118" t="s">
+        <v>441</v>
+      </c>
+      <c r="E118" t="s">
+        <v>442</v>
+      </c>
+      <c r="F118" t="s">
         <v>449</v>
       </c>
-      <c r="E118" t="s">
+      <c r="G118" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="F118" t="s">
-[...2 lines deleted...]
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>403</v>
+        <v>452</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>97</v>
+        <v>145</v>
       </c>
       <c r="D119" t="s">
+        <v>441</v>
+      </c>
+      <c r="E119" t="s">
+        <v>442</v>
+      </c>
+      <c r="F119" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H119" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>455</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D120" t="s">
+        <v>441</v>
+      </c>
+      <c r="E120" t="s">
+        <v>442</v>
+      </c>
+      <c r="F120" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>456</v>
       </c>
       <c r="H120" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>458</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="D121" t="s">
+        <v>441</v>
+      </c>
+      <c r="E121" t="s">
+        <v>442</v>
+      </c>
+      <c r="F121" t="s">
+        <v>100</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="E121" t="s">
+      <c r="H121" t="s">
         <v>460</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>410</v>
+        <v>461</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D122" t="s">
-        <v>459</v>
+        <v>441</v>
       </c>
       <c r="E122" t="s">
-        <v>460</v>
+        <v>442</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G122" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H122" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>464</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>32</v>
+      </c>
+      <c r="D123" t="s">
+        <v>441</v>
+      </c>
+      <c r="E123" t="s">
+        <v>442</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B123" t="s">
-[...14 lines deleted...]
-      <c r="G123" s="1" t="s">
+      <c r="H123" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>467</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>36</v>
+      </c>
+      <c r="D124" t="s">
+        <v>441</v>
+      </c>
+      <c r="E124" t="s">
+        <v>442</v>
+      </c>
+      <c r="F124" t="s">
+        <v>100</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B124" t="s">
-[...14 lines deleted...]
-      <c r="G124" s="1" t="s">
+      <c r="H124" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>404</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>98</v>
+      </c>
+      <c r="D125" t="s">
+        <v>470</v>
+      </c>
+      <c r="E125" t="s">
         <v>471</v>
       </c>
-      <c r="B125" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>138</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H125" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>408</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>104</v>
+      </c>
+      <c r="D126" t="s">
+        <v>470</v>
+      </c>
+      <c r="E126" t="s">
+        <v>471</v>
+      </c>
+      <c r="F126" t="s">
+        <v>138</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B126" t="s">
-[...14 lines deleted...]
-      <c r="G126" s="1" t="s">
+      <c r="H126" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>476</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>10</v>
+      </c>
+      <c r="D127" t="s">
+        <v>470</v>
+      </c>
+      <c r="E127" t="s">
+        <v>471</v>
+      </c>
+      <c r="F127" t="s">
+        <v>100</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B127" t="s">
-[...5 lines deleted...]
-      <c r="D127" t="s">
+      <c r="H127" t="s">
         <v>478</v>
-      </c>
-[...10 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>479</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>104</v>
+      </c>
+      <c r="D128" t="s">
+        <v>480</v>
+      </c>
+      <c r="E128" t="s">
+        <v>481</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="B128" t="s">
-[...5 lines deleted...]
-      <c r="D128" t="s">
+      <c r="H128" t="s">
         <v>483</v>
-      </c>
-[...10 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>487</v>
+        <v>415</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="E129" t="s">
+        <v>481</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="F129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H129" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="E130" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H130" t="s">
         <v>488</v>
-      </c>
-[...4 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D131" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="E131" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="F131" t="s">
-        <v>488</v>
+        <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="H131" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="D132" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="E132" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="F132" t="s">
-        <v>488</v>
+        <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="H132" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D133" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="E133" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="F133" t="s">
-        <v>488</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="H133" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="D134" t="s">
-        <v>502</v>
+        <v>480</v>
       </c>
       <c r="E134" t="s">
-        <v>503</v>
+        <v>481</v>
       </c>
       <c r="F134" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="H134" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>501</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>104</v>
+      </c>
+      <c r="D135" t="s">
+        <v>502</v>
+      </c>
+      <c r="E135" t="s">
+        <v>503</v>
+      </c>
+      <c r="F135" t="s">
+        <v>100</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H135" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
         <v>506</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>98</v>
+      </c>
+      <c r="D136" t="s">
+        <v>507</v>
+      </c>
+      <c r="E136" t="s">
+        <v>508</v>
+      </c>
+      <c r="F136" t="s">
+        <v>100</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H136" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>511</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>104</v>
+      </c>
+      <c r="D137" t="s">
+        <v>507</v>
+      </c>
+      <c r="E137" t="s">
+        <v>508</v>
+      </c>
+      <c r="F137" t="s">
+        <v>512</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H137" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>515</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>10</v>
+      </c>
+      <c r="D138" t="s">
+        <v>507</v>
+      </c>
+      <c r="E138" t="s">
+        <v>508</v>
+      </c>
+      <c r="F138" t="s">
+        <v>512</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H138" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>518</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
         <v>17</v>
       </c>
-      <c r="D135" t="s">
+      <c r="D139" t="s">
         <v>507</v>
       </c>
-      <c r="E135" t="s">
+      <c r="E139" t="s">
         <v>508</v>
       </c>
-      <c r="F135" t="s">
-[...6 lines deleted...]
-        <v>510</v>
+      <c r="F139" t="s">
+        <v>512</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H139" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>521</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>145</v>
+      </c>
+      <c r="D140" t="s">
+        <v>507</v>
+      </c>
+      <c r="E140" t="s">
+        <v>508</v>
+      </c>
+      <c r="F140" t="s">
+        <v>512</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H140" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>523</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>507</v>
+      </c>
+      <c r="E141" t="s">
+        <v>508</v>
+      </c>
+      <c r="F141" t="s">
+        <v>512</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H141" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>437</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>98</v>
+      </c>
+      <c r="D142" t="s">
+        <v>525</v>
+      </c>
+      <c r="E142" t="s">
+        <v>526</v>
+      </c>
+      <c r="F142" t="s">
+        <v>109</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H142" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>529</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>104</v>
+      </c>
+      <c r="D143" t="s">
+        <v>525</v>
+      </c>
+      <c r="E143" t="s">
+        <v>526</v>
+      </c>
+      <c r="F143" t="s">
+        <v>109</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H143" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>532</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>10</v>
+      </c>
+      <c r="D144" t="s">
+        <v>525</v>
+      </c>
+      <c r="E144" t="s">
+        <v>526</v>
+      </c>
+      <c r="F144" t="s">
+        <v>105</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H144" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>535</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>17</v>
+      </c>
+      <c r="D145" t="s">
+        <v>536</v>
+      </c>
+      <c r="E145" t="s">
+        <v>537</v>
+      </c>
+      <c r="F145" t="s">
+        <v>138</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="H145" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>540</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>98</v>
+      </c>
+      <c r="D146" t="s">
+        <v>541</v>
+      </c>
+      <c r="E146" t="s">
+        <v>542</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H146" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>545</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>104</v>
+      </c>
+      <c r="D147" t="s">
+        <v>541</v>
+      </c>
+      <c r="E147" t="s">
+        <v>542</v>
+      </c>
+      <c r="F147" t="s">
+        <v>105</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H147" t="s">
+        <v>547</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5551,50 +5971,62 @@
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>