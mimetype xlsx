--- v0 (2025-12-20)
+++ v1 (2026-03-22)
@@ -54,141 +54,141 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Jadson</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/53/requerimento_no_05-2024_-_solicitar_ao_poder_executivo_municipal_copia_do_processo_de_licitacao.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/53/requerimento_no_05-2024_-_solicitar_ao_poder_executivo_municipal_copia_do_processo_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Solicitar ao poder executivo municipal cópia do processo de licitação</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Jailson</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/54/requerimento_no_06-2024_-_fardamento_escolar_municipal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/54/requerimento_no_06-2024_-_fardamento_escolar_municipal.pdf</t>
   </si>
   <si>
     <t>Fardamento escolar municipal</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/55/requerimento_no_08-2024_-_solicitacao_de_envio_de_oficio_por_meio_do_poder_legislativo.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/55/requerimento_no_08-2024_-_solicitacao_de_envio_de_oficio_por_meio_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Solicitação de envio de oficio por meio do poder legislativo</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/56/requerimento_no_09-2024_-_comparecimento_do_coordenador_do_condec_e_defesa_civil.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/56/requerimento_no_09-2024_-_comparecimento_do_coordenador_do_condec_e_defesa_civil.pdf</t>
   </si>
   <si>
     <t>Comparecimento do coordenador do CONDEC e defesa civil mediante as áreas de risco devido ao aumento exponencial dos índices pluviométricos do município</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/57/requerimento_no_17-2024_-_recuperacao_da_estrada_que_liga_a_rota_do_sitio_antas_santa_catarina_e_sao_chavier.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/57/requerimento_no_17-2024_-_recuperacao_da_estrada_que_liga_a_rota_do_sitio_antas_santa_catarina_e_sao_chavier.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada que liga a rota do Sítio Antas, Santa Catarina e São Chavier</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/58/requerimento_no_20-2024_-_reiteracao_do_requerimento_no_38_2023.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/58/requerimento_no_20-2024_-_reiteracao_do_requerimento_no_38_2023.pdf</t>
   </si>
   <si>
     <t>Reiteração do requerimento nº 30/2023 que solicita a construção de uma quadra coberta com vestiário no padrão FNDE na comunidade Gurjaú</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_no_21-2024_-_recuperacao_das_estradas_vicinais_que_estao_com_depreciacao.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_no_21-2024_-_recuperacao_das_estradas_vicinais_que_estao_com_depreciacao.pdf</t>
   </si>
   <si>
     <t>Recuperação das estradas vicinais que estão com depreciações das comunidades rurais em virtude dos altos índices de chuva</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Adailson Camarão</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_no_22-2024_-_construcao_de_um_calcadao_em_todo_perimetro_que_se_encontra_afetado_pela_a_vegetacao_no_cemiterio_municipal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_no_22-2024_-_construcao_de_um_calcadao_em_todo_perimetro_que_se_encontra_afetado_pela_a_vegetacao_no_cemiterio_municipal.pdf</t>
   </si>
   <si>
     <t>Construção de um calçadão em todo perímetro que se encontra afetado pela vegetação, no cemitério municipal de Coronel Ezequiel/RN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -495,68 +495,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/53/requerimento_no_05-2024_-_solicitar_ao_poder_executivo_municipal_copia_do_processo_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/54/requerimento_no_06-2024_-_fardamento_escolar_municipal.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/55/requerimento_no_08-2024_-_solicitacao_de_envio_de_oficio_por_meio_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/56/requerimento_no_09-2024_-_comparecimento_do_coordenador_do_condec_e_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/57/requerimento_no_17-2024_-_recuperacao_da_estrada_que_liga_a_rota_do_sitio_antas_santa_catarina_e_sao_chavier.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/58/requerimento_no_20-2024_-_reiteracao_do_requerimento_no_38_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_no_21-2024_-_recuperacao_das_estradas_vicinais_que_estao_com_depreciacao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_no_22-2024_-_construcao_de_um_calcadao_em_todo_perimetro_que_se_encontra_afetado_pela_a_vegetacao_no_cemiterio_municipal.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/53/requerimento_no_05-2024_-_solicitar_ao_poder_executivo_municipal_copia_do_processo_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/54/requerimento_no_06-2024_-_fardamento_escolar_municipal.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/55/requerimento_no_08-2024_-_solicitacao_de_envio_de_oficio_por_meio_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/56/requerimento_no_09-2024_-_comparecimento_do_coordenador_do_condec_e_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/57/requerimento_no_17-2024_-_recuperacao_da_estrada_que_liga_a_rota_do_sitio_antas_santa_catarina_e_sao_chavier.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/58/requerimento_no_20-2024_-_reiteracao_do_requerimento_no_38_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_no_21-2024_-_recuperacao_das_estradas_vicinais_que_estao_com_depreciacao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_no_22-2024_-_construcao_de_um_calcadao_em_todo_perimetro_que_se_encontra_afetado_pela_a_vegetacao_no_cemiterio_municipal.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="214.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="213.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="143.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>