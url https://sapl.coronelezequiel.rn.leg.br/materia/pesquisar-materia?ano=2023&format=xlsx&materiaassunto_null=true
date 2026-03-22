--- v0 (2025-12-20)
+++ v1 (2026-03-22)
@@ -54,672 +54,672 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE CORONEL EZEQUIEL - PMCE</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_no_01-2023_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_adicional_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_no_01-2023_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_adicional_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional e dá outras providências</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_no_03-2023_-_dispoe_sobre_a_contratacao_por_tempo_determinado_para_atender_a_necessidade_temporaria_de_excepcional_interesse_publico_para.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_no_03-2023_-_dispoe_sobre_a_contratacao_por_tempo_determinado_para_atender_a_necessidade_temporaria_de_excepcional_interesse_publico_para.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado, para atender a necessidade temporária de excepcional interesse público para o ano de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/63/projeto_de_lei_no_04-2023_-_dispoe_sobre_a_autorizacao_do_poder_executivo_a_fazer_cessao_de_servidores_publicos_e_a_receber_servidores_e_empregados_public.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/63/projeto_de_lei_no_04-2023_-_dispoe_sobre_a_autorizacao_do_poder_executivo_a_fazer_cessao_de_servidores_publicos_e_a_receber_servidores_e_empregados_public.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do poder executivo a fazer cessão de servidores públicos e a receber servidores empregados públicos por cessão</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_no_05-2023_-_dispoe_sobre_a_atualizacao_do_piso_salarial_do_magisterio_publico_municipal_autoriza_creditos_adicionais_e_da_outras_provide.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_no_05-2023_-_dispoe_sobre_a_atualizacao_do_piso_salarial_do_magisterio_publico_municipal_autoriza_creditos_adicionais_e_da_outras_provide.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do piso salarial do magistério público municipal, autoriza créditos adicionais, e dá outras providências</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_no_06-2023_-_dispoe_sobre_o_ajuste_no_valor_do_salario_minimo_altera_o_orcamento_municipal_quanto_aos_creditos_adicionais_e_da_outras_pro.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_no_06-2023_-_dispoe_sobre_o_ajuste_no_valor_do_salario_minimo_altera_o_orcamento_municipal_quanto_aos_creditos_adicionais_e_da_outras_pro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ajuste do valor do salário mínimo, altera o orçamento municipal quanto aos créditos adicionais, e dá outras providências</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_no_07-2023_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_adicional_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_no_07-2023_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_adicional_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_no_08-2023_-_dispoe_sobre_a_lei_das_diretrizes_orcamentarias_para_elaboracao_do_orcamento_geral_do_municipio_para_o_exercicio_de_2024_e_da.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_no_08-2023_-_dispoe_sobre_a_lei_das_diretrizes_orcamentarias_para_elaboracao_do_orcamento_geral_do_municipio_para_o_exercicio_de_2024_e_da.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei das Diretrizes Orçamentarias para elaboração do orçamento geral do município para o exercício de 2024, e dá outras providências</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_010-2023_-_autoriza_a_abertura_de_creditos_adicionais_ajusta_os_creditos_adicionais_no_orcamento_anual_de_2023_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_010-2023_-_autoriza_a_abertura_de_creditos_adicionais_ajusta_os_creditos_adicionais_no_orcamento_anual_de_2023_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos adicionais, ajusta os créditos adicionais no orçamento anual de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_010-2023_-_dispoe_sobre_autorizacoes_para_efetuar_pagamento_a_titulo_de_indenizacao_bem_como_a_abertura_de_credito_adicional.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_010-2023_-_dispoe_sobre_autorizacoes_para_efetuar_pagamento_a_titulo_de_indenizacao_bem_como_a_abertura_de_credito_adicional.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorizações para efetuar pagamento a título de indenização, bem como abertura de crédito adicional, e dá outras providências</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_municipal_no_011-2023_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_coronel_ezequiel_para_o_exercicio_financeiro_de_2024.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_municipal_no_011-2023_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_coronel_ezequiel_para_o_exercicio_financeiro_de_2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Coronel Ezequiel, para o exercício financeiro de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_no_12-2023_-_dispoe_sobre_a_implantacao_do_sistema_municipal_de_ensino_de_coronel_ezequiel_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_no_12-2023_-_dispoe_sobre_a_implantacao_do_sistema_municipal_de_ensino_de_coronel_ezequiel_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do sistema municipal de ensino de Coronel Ezequiel/RN e dá outras providências</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_no_13-2023_-_estabelece_a_implantacao_dos_conselhos_escolares_nos_estabelecimentos_de_ensinos_mantidos_pelo_o_poder_publico_municipal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_no_13-2023_-_estabelece_a_implantacao_dos_conselhos_escolares_nos_estabelecimentos_de_ensinos_mantidos_pelo_o_poder_publico_municipal.pdf</t>
   </si>
   <si>
     <t>Estabelece a implantação dos conselhos escolares nos estabelecimentos de ensino mantidos pelo o poder publico público municipal</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_lei_no_14-2023_-_altera_a_lei_orcamentaria_anual_do_municipio_de_coronel_ezequiel_para_o_exercicio_de_2023.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_lei_no_14-2023_-_altera_a_lei_orcamentaria_anual_do_municipio_de_coronel_ezequiel_para_o_exercicio_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a lei orçamentária anual do município de Coronel Ezequiel/RN para o exercício de 2023, lei municipal Nº 578/2022, de 30 de dezembro de 2022e dá outras providências</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_no_17-2023_-_contratacao_por_tempo_determinado_para_atender_a_necessidade_temporaria_de_exepcional_interesse_publico_para_o_ano_de_2024.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_no_17-2023_-_contratacao_por_tempo_determinado_para_atender_a_necessidade_temporaria_de_exepcional_interesse_publico_para_o_ano_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação, por tempo determinado, para atender a necessidade temporária de excepcional interesse público para o ano de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de verbas indenizatórias, destinadas aos agentes comunitários de saúde e agentes comunitários de saúde e agentes de combate ás endemias do município de Coronel Ezequiel - RN, para aquisição de bloqueadores solar corporal e labial, fardamento e equipamentos de proteção individual - E.P.I</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Adailson Camarão</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_no_01-2023_-_compra_de_um_caminhao_pipa_para_o_municipio.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_no_01-2023_-_compra_de_um_caminhao_pipa_para_o_municipio.pdf</t>
   </si>
   <si>
     <t>Compra de um caminhão pipa para o município de Coronel Ezequiel/RN</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jailson</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_no_02-2023_-_comparecimento_para_prestacao_de_esclarecimentos.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_no_02-2023_-_comparecimento_para_prestacao_de_esclarecimentos.pdf</t>
   </si>
   <si>
     <t>Comparecimento para a prestação de esclarecimentos</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_no_03-2023_-_comparecimento_para_prestacao_de_esclarecimento.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_no_03-2023_-_comparecimento_para_prestacao_de_esclarecimento.pdf</t>
   </si>
   <si>
     <t>Jadson</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_no_04-2023_-_manutencao_da_creche.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_no_04-2023_-_manutencao_da_creche.pdf</t>
   </si>
   <si>
     <t>Manutenção da creche</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_no_05-2023_-_fardamento_escolar_municipal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_no_05-2023_-_fardamento_escolar_municipal.pdf</t>
   </si>
   <si>
     <t>Fardamento escolar municipal</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_no_09-2023_-_solicita_que_seja_encaminhado_oficio_em_anexo_para_solicitacao_de_recuperacao_teste_de_vasao_e_instalacoes_de_pocos_tubulares.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_no_09-2023_-_solicita_que_seja_encaminhado_oficio_em_anexo_para_solicitacao_de_recuperacao_teste_de_vasao_e_instalacoes_de_pocos_tubulares.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado ofício em anexo para solicitação de recuperação, teste de vasão e instalações de poços tubulares</t>
   </si>
   <si>
     <t>Kenia Farias</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_no_10-2023_-_solicitacao_de_urgencia_especial_de_projeto_de_lei_de_autoria_do_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_no_10-2023_-_solicitacao_de_urgencia_especial_de_projeto_de_lei_de_autoria_do_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial de projeto de lei de autoria do poder executivo municipal de Coronel Ezequiel/RN</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_no_11-2023_-_solicita_que_seja_encaminhado_um_oficio_ao_poder_executivo_para_que_o_mesmo_atualize_o_portal_da_transparencia_municipal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_no_11-2023_-_solicita_que_seja_encaminhado_um_oficio_ao_poder_executivo_para_que_o_mesmo_atualize_o_portal_da_transparencia_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado um ofício ao poder executivo para que o mesmo atualize o portal da transparência municipal, seguindo a lei federal de nº 12.527, de 18 de novembro de 2011</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_no_12-2023_-_reiteracao_dos_oficios_no_06_e_07_de_2023.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_no_12-2023_-_reiteracao_dos_oficios_no_06_e_07_de_2023.pdf</t>
   </si>
   <si>
     <t>Reiteração dos ofícios nº 06 e 07 de 2023  que dispõe sobre a lista de beneficiados pelas as secretarias de agricultura e obras na limpeza de pequenos barreiros, do gabinete dos vereadores Jailson Costa e Jadson Pontes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_no_13-2023_-_requer_envio_de_oficio_a_secretaria_municipal_de_educacao.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_no_13-2023_-_requer_envio_de_oficio_a_secretaria_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>Requer envio de oficio a secretaria municipal de educação</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_no_14-2023_-_solicita_a_presidenta_em_exercicio_copias_digitalizadas_ou_fisica.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_no_14-2023_-_solicita_a_presidenta_em_exercicio_copias_digitalizadas_ou_fisica.pdf</t>
   </si>
   <si>
     <t>Solicita a presidenta em exercício copias digitalizadas ou física, da transição de mandato referente ao biênio 2023/2024, processos de licitação na integra referente ao exercício de 2022, (dispensa de  licitação, inexigibilidade de licitação e outras modalidades licitatórias se houver) e os créditos suplementares, créditos adicionais, especial, remanejamentos ou similares em que foi utilizado em cada orçamento desses créditos</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_no_16-2023_-_requer_do_poder_executivo_municipal_para_que_o_mesmo_viabilize_junto_a_secretaria_responsavel_a_limpeza_da_rua_jose_mauricio.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_no_16-2023_-_requer_do_poder_executivo_municipal_para_que_o_mesmo_viabilize_junto_a_secretaria_responsavel_a_limpeza_da_rua_jose_mauricio.pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal para que o mesmo viabilize junto a secretaria responsável a limpeza da rua José Mauricio de Andrade (popular morro do macaco)</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_no_18-2023_-_reitera_o_requerimento_no_13_2023_que_solicita_construcao_de_duas_quadras_de_esportes_nas_comunidades_figueuredo_e_cachoeira.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_no_18-2023_-_reitera_o_requerimento_no_13_2023_que_solicita_construcao_de_duas_quadras_de_esportes_nas_comunidades_figueuredo_e_cachoeira.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 13 2023 que solicita construção de duas quadras de esportes nas comunidades rurais figueiredo e cachoeira</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_no_21-2023_-_secretario_de_transportes_informe_o_estado_em_que_se_encontram_a_retroescavadeira_o_caminhao_pipa_e_o_caminhao_basculante.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_no_21-2023_-_secretario_de_transportes_informe_o_estado_em_que_se_encontram_a_retroescavadeira_o_caminhao_pipa_e_o_caminhao_basculante.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder legislativo que seja encaminhado um oficio para o secretário de transporte para que o mesmo informe o estado em que se encontram as respectivas máquinas retroescavadeira, caminhão pipa e caminhão basculante</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_no_22-2023_-_para_que_o_secretario_municipal_de_saude_viabilize_junto_a_secretaria_responsavel_a_manutencao_dos_psfs_dos_sitios_gurjau_e_tronco.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_no_22-2023_-_para_que_o_secretario_municipal_de_saude_viabilize_junto_a_secretaria_responsavel_a_manutencao_dos_psfs_dos_sitios_gurjau_e_tronco.pdf</t>
   </si>
   <si>
     <t>Para que o secretario municipal de saúde viabilize junto a secretaria responsável a manutenção dos PSF dos sítios Gurjau e Tronco</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_no_23-2023_-_aquisicao_de_trator_pela_a_secretaria_de_agricultura_em_carater_de_urgencia_mediante_credito_suplementar.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_no_23-2023_-_aquisicao_de_trator_pela_a_secretaria_de_agricultura_em_carater_de_urgencia_mediante_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Aquisição de trator pela a secretaria de agricultura em caráter de urgência mediante credito suplementar</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_no_24-2023_-_comparecimento_do_coordenador_do_condec.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_no_24-2023_-_comparecimento_do_coordenador_do_condec.pdf</t>
   </si>
   <si>
     <t>Comparecimento do coordenador do CONDEC mediante as áreas de risco devido ao aumento exponencial dos índices pluviométricos do município</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_no_25-2023_-_criacao_de_comissao_parlamentar_de_inquerito.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_no_25-2023_-_criacao_de_comissao_parlamentar_de_inquerito.pdf</t>
   </si>
   <si>
     <t>Requer a criação de comissão parlamentar de inquérito com a finalidade de investigar possíveis irregularidades, quais sejam ausências de comparecimentos a audiências públicas para prestar esclarecimentos sobre manutenção das ações da secretaria de agricultura e abastecimento em suposto desvio de verbas públicas e fraude em licitação, ausência do abastecimento de água potável em desconformidade com o pregão presencial nº 005/2022 e o não reconhecimento de cisternas comunitárias publicas relatadas no processo licitatório</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Yuri</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/20/requerimento_no_26-2023_-_limpeza_e_manutencao_do_cemiterio_publico.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/20/requerimento_no_26-2023_-_limpeza_e_manutencao_do_cemiterio_publico.pdf</t>
   </si>
   <si>
     <t>Limpeza e manutenção do cemitério publico</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/21/requerimento_no_27-2023_-_solicita_informacoes_sobre_a_reforma_da_cozinha_do_hospital_nelson_solon_de_farias.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/21/requerimento_no_27-2023_-_solicita_informacoes_sobre_a_reforma_da_cozinha_do_hospital_nelson_solon_de_farias.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a reforma da cozinha do hospital Nelson Solon de Farias</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Zezinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/22/requerimento_no_28-2023_-_solicita_ao_poder_executivo_a_construcao_de_uma_passagem_molhada_no_riacho_da_tabua.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/22/requerimento_no_28-2023_-_solicita_ao_poder_executivo_a_construcao_de_uma_passagem_molhada_no_riacho_da_tabua.pdf</t>
   </si>
   <si>
     <t>Solicita ao poder executivo a construção de uma passagem molhada no riacho fechado</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/23/requerimento_no_29-2023_-_requer_envio_de_oficio_as_secretarias_municipais_de_transporte_saude_e_administracao.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/23/requerimento_no_29-2023_-_requer_envio_de_oficio_as_secretarias_municipais_de_transporte_saude_e_administracao.pdf</t>
   </si>
   <si>
     <t>Requer envio de ofício as secretarias municipais de transporte, saúde e administração</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/24/requerimento_no_34-2023_-_esclarecimentos_sobre_a_emenda_de_no_317_2021_do_exelentissimo_senhor_deputado_hermano_morais.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/24/requerimento_no_34-2023_-_esclarecimentos_sobre_a_emenda_de_no_317_2021_do_exelentissimo_senhor_deputado_hermano_morais.pdf</t>
   </si>
   <si>
     <t>Solicito que seja prestado esclarecimentos sobre a emenda de nº 317/2021 do excelentíssimo senhor deputado Hermano Morais solicitada pelo o requerimento nº 45/2021</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/25/requerimento_no_37-2023_-_reiteracao_conforme_requerimento_no_10_2022.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/25/requerimento_no_37-2023_-_reiteracao_conforme_requerimento_no_10_2022.pdf</t>
   </si>
   <si>
     <t>Solicito a presidenta que seja encaminhado ao poder executivo a reiteração conforme requerimento nº 10/2022</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/26/requerimento_no_38-2023_-_solicitacao_da_construcao_de_uma_quadra_coberta_com_vestiario_padrao_fnde.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/26/requerimento_no_38-2023_-_solicitacao_da_construcao_de_uma_quadra_coberta_com_vestiario_padrao_fnde.pdf</t>
   </si>
   <si>
     <t>Solicitação da construção de uma quadra coberta com vestiário padrão FNDE</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/27/requerimento_no_39-2023_-_solicitacao_da_construcao_de_uma_quadra_coberta_com_vestiario_padrao_fnde.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/27/requerimento_no_39-2023_-_solicitacao_da_construcao_de_uma_quadra_coberta_com_vestiario_padrao_fnde.pdf</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/28/requerimento_no_41-2023_-_construcao_de_um_consultorio_odontologico_para_a_comunidade_de_santa_quiteria.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/28/requerimento_no_41-2023_-_construcao_de_um_consultorio_odontologico_para_a_comunidade_de_santa_quiteria.pdf</t>
   </si>
   <si>
     <t>Venho através do mesmo requerer um consultório odontológico para a comunidade Santa Quitéria</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/29/requerimento_no_42-2023_-_disponibilizacao_da_lista_de_funcionarios_em_ordem_alfabetica_de_efetivos_e_comissionados.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/29/requerimento_no_42-2023_-_disponibilizacao_da_lista_de_funcionarios_em_ordem_alfabetica_de_efetivos_e_comissionados.pdf</t>
   </si>
   <si>
     <t>Venho através do mesmo requerer lista de funcionários em ordem alfabética de efetivos e comissionados e também ficha de livro de ponto assinada nos períodos de 2021 a 2023</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/30/requerimento_no_43-2023_-_venho_atraves_do_mesmo_requerer_uma_maior_frequencia_de_atendimento_medico_na_comunidade_santa_quiteria.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/30/requerimento_no_43-2023_-_venho_atraves_do_mesmo_requerer_uma_maior_frequencia_de_atendimento_medico_na_comunidade_santa_quiteria.pdf</t>
   </si>
   <si>
     <t>Venho através do mesmo requerer uma maior frequência de atendimento médico na comunidade Santa Quitéria</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/31/requerimento_no_44-2023_-_construcao_de_academia_popular_na_rua_manoel_cassimiro_gomes.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/31/requerimento_no_44-2023_-_construcao_de_academia_popular_na_rua_manoel_cassimiro_gomes.pdf</t>
   </si>
   <si>
     <t>Construção de academia popular na rua Manoel Casimiro Gomes</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/32/requerimento_no_45-2023_-_recuperacao_das_estradas_que_ligam_as_comunidades_rurais.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/32/requerimento_no_45-2023_-_recuperacao_das_estradas_que_ligam_as_comunidades_rurais.pdf</t>
   </si>
   <si>
     <t>Reiterando o requerimento de nº 43/2022 requeiro do poder executivo municipal que viabilize junto a secretaria de obras a recuperação de estradas que ligam as comunidades rurais</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/33/requerimento_no_46-2023_-_reforma_do_predio_da_secretaria_de_agricultura_do_municipio_de_coronel_ezequiel.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/33/requerimento_no_46-2023_-_reforma_do_predio_da_secretaria_de_agricultura_do_municipio_de_coronel_ezequiel.pdf</t>
   </si>
   <si>
     <t>Reiterando o requerimento de nº 35/2021 requeiro a reforma do prédio da secretaria de agricultura do município de Coronel Ezequiel/RN</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/34/requerimento_no_49-2023_-_requer_do_poder_executivo_municipal_junto_a_secretaria_responsavel_a_recuperacao_de_um_trecho_da_calcada_na_rua_vereador_antonio.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/34/requerimento_no_49-2023_-_requer_do_poder_executivo_municipal_junto_a_secretaria_responsavel_a_recuperacao_de_um_trecho_da_calcada_na_rua_vereador_antonio.pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal junto a secretaria responsável a recuperação de um trecho da calçada na rua vereador Antônio Inácio de Araújo</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/35/requerimento_no_50-2023_-_requer_o_envio_pela_a_camara_municipal_de_coronel_ezequiel_rn_de_oficio_anexo_ao_requerimento_para_o_deputado_federal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/35/requerimento_no_50-2023_-_requer_o_envio_pela_a_camara_municipal_de_coronel_ezequiel_rn_de_oficio_anexo_ao_requerimento_para_o_deputado_federal.pdf</t>
   </si>
   <si>
     <t>Requer o envio, pela a câmara municipal de Coronel Ezequiel/RN, de oficio, anexo ao requerimento, para o deputado federal Benes Leocadio</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/36/requerimento_no_51-2023_-_recuperacao_da_estrada_que_liga_a_rota_da_lagoa_do_gurjau_proximo_a_valdemar_nascimento.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/36/requerimento_no_51-2023_-_recuperacao_da_estrada_que_liga_a_rota_da_lagoa_do_gurjau_proximo_a_valdemar_nascimento.pdf</t>
   </si>
   <si>
     <t>Recuperação de estrada que liga a rota da lagoa do Gurjaú próximo a Valdemar Nascimento</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/37/requerimento_no_53-2023_-_oficio_para_o_secretario_de_transporte.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/37/requerimento_no_53-2023_-_oficio_para_o_secretario_de_transporte.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder legislativo que seja encaminhando um ofício para o secretário de transporte para que o mesmo informe se as respectivas máquinas retroescavadeira caminhão pipa e caminhão basculante já se encontram a disposição da população</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_no_54-2023_-_solicito_copia_da_homologacao_adjudiacao_extrato_de_contrato_e_ordem_de_servico_referente_a_construcao_da_ubs_ainda_os_esclarec.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_no_54-2023_-_solicito_copia_da_homologacao_adjudiacao_extrato_de_contrato_e_ordem_de_servico_referente_a_construcao_da_ubs_ainda_os_esclarec.pdf</t>
   </si>
   <si>
     <t>Solicito copia da homologação; adjudicação; extrato de contrato e ordem de serviço referente a construção da UBS, ainda os esclarecimentos pelos os motivos do não inicio das obras</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_no_55-2023_-_solicito_a_presidenta_que_seja_encaminhando_ao_poder_executivo_a_reiteracao_conforme_requerimentos_no_23_2022.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_no_55-2023_-_solicito_a_presidenta_que_seja_encaminhando_ao_poder_executivo_a_reiteracao_conforme_requerimentos_no_23_2022.pdf</t>
   </si>
   <si>
     <t>Solicito a presidenta que seja encaminhado ao poder executivo a reiteração conforme requerimento nº 23/2022</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_no_56-2023_-_asfaltamento_da_rua_senador_georgino_ate_o_cemiterio_municipal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_no_56-2023_-_asfaltamento_da_rua_senador_georgino_ate_o_cemiterio_municipal.pdf</t>
   </si>
   <si>
     <t>Asfaltamento da rua senador Georgino Avelino até o cemitério municipal</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_no_58-2023_-_solicitamos_o_cronograma_do_abastecimento_de_agua_potavel_e_salobra.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_no_58-2023_-_solicitamos_o_cronograma_do_abastecimento_de_agua_potavel_e_salobra.pdf</t>
   </si>
   <si>
     <t>Solicitamos o cronograma do abastecimento de água potável e salobra por meio da secretaria de recursos hídricos e meio ambiente</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_no_60-2023_-_solicita_que_seja_encaminhado_oficio_e_em_anexo_para_assistencia_social_solicitando_informacoes_sobre_o_conselho_de_habitacao.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_no_60-2023_-_solicita_que_seja_encaminhado_oficio_e_em_anexo_para_assistencia_social_solicitando_informacoes_sobre_o_conselho_de_habitacao.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado oficio em anexo para, assistência social solicitando informações sobre o conselho de habitação rural e urbano, se o conselho já foi constituído</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_no_63-2023_-_solicitacao_de_informacoes_sobre_a_nao_caracterizacao_do_veiculo_touro_que_esta_sendo_utilizado_pela_a_secretaria_de_saude.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_no_63-2023_-_solicitacao_de_informacoes_sobre_a_nao_caracterizacao_do_veiculo_touro_que_esta_sendo_utilizado_pela_a_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre a não caracterização do veiculo touro que está sendo utilizado pela a secretaria de saúde</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_no_64-2023_-_requer_do_poder_executivo_municipal_para_que_o_mesmo_viabilize_a_manutencao_da_pavimentacao_da_rua_getulio_vargas.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_no_64-2023_-_requer_do_poder_executivo_municipal_para_que_o_mesmo_viabilize_a_manutencao_da_pavimentacao_da_rua_getulio_vargas.pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal para que o mesmo viabilize junto a secretaria de obras a manutenção da pavimentação da rua Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/45/requerimento_no_65-2023_-_manutencao_limpeza_e_reajustes_no_campo_de_futebol_municipal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/45/requerimento_no_65-2023_-_manutencao_limpeza_e_reajustes_no_campo_de_futebol_municipal.pdf</t>
   </si>
   <si>
     <t>Manutenção, limpeza e reajustes no campo de futebol municipal</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_no_66-2023_-_manutencao_limpeza_e_reajustes_na_quadra_poliesportiva_do_conjunto_irma_elisa.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_no_66-2023_-_manutencao_limpeza_e_reajustes_na_quadra_poliesportiva_do_conjunto_irma_elisa.pdf</t>
   </si>
   <si>
     <t>Manutenção, limpeza e reajustes na quadra poliesportiva do conjunto irmã Elisa</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/47/requerimento_no_67-2023_-_pavimentacao_de_ruas_por_meio_da_ordem_bancaria_do_convenio_ao_ogu_2021_via_ministerio_das_cidades_em_beneficio_do_municipio.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/47/requerimento_no_67-2023_-_pavimentacao_de_ruas_por_meio_da_ordem_bancaria_do_convenio_ao_ogu_2021_via_ministerio_das_cidades_em_beneficio_do_municipio.pdf</t>
   </si>
   <si>
     <t>Pavimentação de ruas por meio da ordem bancaria do convênio ao OGU 2021, via ministério das cidades, em benéfico do município de Coronel Ezequiel/RN</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/48/requerimento_no_68-2023_-_convocacao_do_responsavel_pelo_o_setor_de_esporte_e_lazer_do_municipio_para_a_prestacao_de_esclarecimentos.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/48/requerimento_no_68-2023_-_convocacao_do_responsavel_pelo_o_setor_de_esporte_e_lazer_do_municipio_para_a_prestacao_de_esclarecimentos.pdf</t>
   </si>
   <si>
     <t>Convocação do responsável pelo o setor de esporte e lazer do município para a prestação de esclarecimentos</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/49/requerimento_no_69-2023_-_recuperacao_da_estrada_vicinal.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/49/requerimento_no_69-2023_-_recuperacao_da_estrada_vicinal.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada vicinal que liga Sitio Miranda até a ladeira de Zé Candido e também a estrada vicinal que liga a ladeira de Zé Candido até a comunidade Cachoeira</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/50/requerimento_no_70-2023_-_requer_ao_poder_executivo_que_envie_em_carater_de_urgencia_o_projeto_de_lei_que_autoriza_o_reajuste_salarial_em_149.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/50/requerimento_no_70-2023_-_requer_ao_poder_executivo_que_envie_em_carater_de_urgencia_o_projeto_de_lei_que_autoriza_o_reajuste_salarial_em_149.pdf</t>
   </si>
   <si>
     <t>Requer ao poder executivo que envie em caráter de urgência o projeto de lei que autoriza o reajuste salarial dos professores em 14,9% de acordo com a portaria nº 17 do ministério da educação</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_no_71-2023_-_requer_relacao_de_pacientes_regulados_para_cirurgias_oftamologicas_para_que_seja_encaminnhado_ao_senador_styvenson_valent.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_no_71-2023_-_requer_relacao_de_pacientes_regulados_para_cirurgias_oftamologicas_para_que_seja_encaminnhado_ao_senador_styvenson_valent.pdf</t>
   </si>
   <si>
     <t>Requer relação de pacientes regulados para cirurgias oftalmológicas para que seja encaminhado ao senador Styvenson Valentim</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_no_74-2023_-_solicitacao_de_urgencia_especial_ao_projeto_de_lei_no_15_2023.pdf</t>
+    <t>http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_no_74-2023_-_solicitacao_de_urgencia_especial_ao_projeto_de_lei_no_15_2023.pdf</t>
   </si>
   <si>
     <t>Solicitação de urgência especial ao projeto de lei nº 15 2023 de autoria do poder executivo municipal de Coronel Ezequiel/RN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1026,68 +1026,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_no_01-2023_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_adicional_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_no_03-2023_-_dispoe_sobre_a_contratacao_por_tempo_determinado_para_atender_a_necessidade_temporaria_de_excepcional_interesse_publico_para.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/63/projeto_de_lei_no_04-2023_-_dispoe_sobre_a_autorizacao_do_poder_executivo_a_fazer_cessao_de_servidores_publicos_e_a_receber_servidores_e_empregados_public.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_no_05-2023_-_dispoe_sobre_a_atualizacao_do_piso_salarial_do_magisterio_publico_municipal_autoriza_creditos_adicionais_e_da_outras_provide.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_no_06-2023_-_dispoe_sobre_o_ajuste_no_valor_do_salario_minimo_altera_o_orcamento_municipal_quanto_aos_creditos_adicionais_e_da_outras_pro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_no_07-2023_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_adicional_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_no_08-2023_-_dispoe_sobre_a_lei_das_diretrizes_orcamentarias_para_elaboracao_do_orcamento_geral_do_municipio_para_o_exercicio_de_2024_e_da.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_010-2023_-_autoriza_a_abertura_de_creditos_adicionais_ajusta_os_creditos_adicionais_no_orcamento_anual_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_010-2023_-_dispoe_sobre_autorizacoes_para_efetuar_pagamento_a_titulo_de_indenizacao_bem_como_a_abertura_de_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_municipal_no_011-2023_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_coronel_ezequiel_para_o_exercicio_financeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_no_12-2023_-_dispoe_sobre_a_implantacao_do_sistema_municipal_de_ensino_de_coronel_ezequiel_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_no_13-2023_-_estabelece_a_implantacao_dos_conselhos_escolares_nos_estabelecimentos_de_ensinos_mantidos_pelo_o_poder_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_lei_no_14-2023_-_altera_a_lei_orcamentaria_anual_do_municipio_de_coronel_ezequiel_para_o_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_no_17-2023_-_contratacao_por_tempo_determinado_para_atender_a_necessidade_temporaria_de_exepcional_interesse_publico_para_o_ano_de_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_no_01-2023_-_compra_de_um_caminhao_pipa_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_no_02-2023_-_comparecimento_para_prestacao_de_esclarecimentos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_no_03-2023_-_comparecimento_para_prestacao_de_esclarecimento.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_no_04-2023_-_manutencao_da_creche.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_no_05-2023_-_fardamento_escolar_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_no_09-2023_-_solicita_que_seja_encaminhado_oficio_em_anexo_para_solicitacao_de_recuperacao_teste_de_vasao_e_instalacoes_de_pocos_tubulares.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_no_10-2023_-_solicitacao_de_urgencia_especial_de_projeto_de_lei_de_autoria_do_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_no_11-2023_-_solicita_que_seja_encaminhado_um_oficio_ao_poder_executivo_para_que_o_mesmo_atualize_o_portal_da_transparencia_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_no_12-2023_-_reiteracao_dos_oficios_no_06_e_07_de_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_no_13-2023_-_requer_envio_de_oficio_a_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_no_14-2023_-_solicita_a_presidenta_em_exercicio_copias_digitalizadas_ou_fisica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_no_16-2023_-_requer_do_poder_executivo_municipal_para_que_o_mesmo_viabilize_junto_a_secretaria_responsavel_a_limpeza_da_rua_jose_mauricio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_no_18-2023_-_reitera_o_requerimento_no_13_2023_que_solicita_construcao_de_duas_quadras_de_esportes_nas_comunidades_figueuredo_e_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_no_21-2023_-_secretario_de_transportes_informe_o_estado_em_que_se_encontram_a_retroescavadeira_o_caminhao_pipa_e_o_caminhao_basculante.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_no_22-2023_-_para_que_o_secretario_municipal_de_saude_viabilize_junto_a_secretaria_responsavel_a_manutencao_dos_psfs_dos_sitios_gurjau_e_tronco.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_no_23-2023_-_aquisicao_de_trator_pela_a_secretaria_de_agricultura_em_carater_de_urgencia_mediante_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_no_24-2023_-_comparecimento_do_coordenador_do_condec.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_no_25-2023_-_criacao_de_comissao_parlamentar_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/20/requerimento_no_26-2023_-_limpeza_e_manutencao_do_cemiterio_publico.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/21/requerimento_no_27-2023_-_solicita_informacoes_sobre_a_reforma_da_cozinha_do_hospital_nelson_solon_de_farias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/22/requerimento_no_28-2023_-_solicita_ao_poder_executivo_a_construcao_de_uma_passagem_molhada_no_riacho_da_tabua.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/23/requerimento_no_29-2023_-_requer_envio_de_oficio_as_secretarias_municipais_de_transporte_saude_e_administracao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/24/requerimento_no_34-2023_-_esclarecimentos_sobre_a_emenda_de_no_317_2021_do_exelentissimo_senhor_deputado_hermano_morais.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/25/requerimento_no_37-2023_-_reiteracao_conforme_requerimento_no_10_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/26/requerimento_no_38-2023_-_solicitacao_da_construcao_de_uma_quadra_coberta_com_vestiario_padrao_fnde.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/27/requerimento_no_39-2023_-_solicitacao_da_construcao_de_uma_quadra_coberta_com_vestiario_padrao_fnde.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/28/requerimento_no_41-2023_-_construcao_de_um_consultorio_odontologico_para_a_comunidade_de_santa_quiteria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/29/requerimento_no_42-2023_-_disponibilizacao_da_lista_de_funcionarios_em_ordem_alfabetica_de_efetivos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/30/requerimento_no_43-2023_-_venho_atraves_do_mesmo_requerer_uma_maior_frequencia_de_atendimento_medico_na_comunidade_santa_quiteria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/31/requerimento_no_44-2023_-_construcao_de_academia_popular_na_rua_manoel_cassimiro_gomes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/32/requerimento_no_45-2023_-_recuperacao_das_estradas_que_ligam_as_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/33/requerimento_no_46-2023_-_reforma_do_predio_da_secretaria_de_agricultura_do_municipio_de_coronel_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/34/requerimento_no_49-2023_-_requer_do_poder_executivo_municipal_junto_a_secretaria_responsavel_a_recuperacao_de_um_trecho_da_calcada_na_rua_vereador_antonio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/35/requerimento_no_50-2023_-_requer_o_envio_pela_a_camara_municipal_de_coronel_ezequiel_rn_de_oficio_anexo_ao_requerimento_para_o_deputado_federal.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/36/requerimento_no_51-2023_-_recuperacao_da_estrada_que_liga_a_rota_da_lagoa_do_gurjau_proximo_a_valdemar_nascimento.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/37/requerimento_no_53-2023_-_oficio_para_o_secretario_de_transporte.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_no_54-2023_-_solicito_copia_da_homologacao_adjudiacao_extrato_de_contrato_e_ordem_de_servico_referente_a_construcao_da_ubs_ainda_os_esclarec.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_no_55-2023_-_solicito_a_presidenta_que_seja_encaminhando_ao_poder_executivo_a_reiteracao_conforme_requerimentos_no_23_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_no_56-2023_-_asfaltamento_da_rua_senador_georgino_ate_o_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_no_58-2023_-_solicitamos_o_cronograma_do_abastecimento_de_agua_potavel_e_salobra.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_no_60-2023_-_solicita_que_seja_encaminhado_oficio_e_em_anexo_para_assistencia_social_solicitando_informacoes_sobre_o_conselho_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_no_63-2023_-_solicitacao_de_informacoes_sobre_a_nao_caracterizacao_do_veiculo_touro_que_esta_sendo_utilizado_pela_a_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_no_64-2023_-_requer_do_poder_executivo_municipal_para_que_o_mesmo_viabilize_a_manutencao_da_pavimentacao_da_rua_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/45/requerimento_no_65-2023_-_manutencao_limpeza_e_reajustes_no_campo_de_futebol_municipal.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_no_66-2023_-_manutencao_limpeza_e_reajustes_na_quadra_poliesportiva_do_conjunto_irma_elisa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/47/requerimento_no_67-2023_-_pavimentacao_de_ruas_por_meio_da_ordem_bancaria_do_convenio_ao_ogu_2021_via_ministerio_das_cidades_em_beneficio_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/48/requerimento_no_68-2023_-_convocacao_do_responsavel_pelo_o_setor_de_esporte_e_lazer_do_municipio_para_a_prestacao_de_esclarecimentos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/49/requerimento_no_69-2023_-_recuperacao_da_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/50/requerimento_no_70-2023_-_requer_ao_poder_executivo_que_envie_em_carater_de_urgencia_o_projeto_de_lei_que_autoriza_o_reajuste_salarial_em_149.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_no_71-2023_-_requer_relacao_de_pacientes_regulados_para_cirurgias_oftamologicas_para_que_seja_encaminnhado_ao_senador_styvenson_valent.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_no_74-2023_-_solicitacao_de_urgencia_especial_ao_projeto_de_lei_no_15_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_no_01-2023_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_adicional_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_no_03-2023_-_dispoe_sobre_a_contratacao_por_tempo_determinado_para_atender_a_necessidade_temporaria_de_excepcional_interesse_publico_para.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/63/projeto_de_lei_no_04-2023_-_dispoe_sobre_a_autorizacao_do_poder_executivo_a_fazer_cessao_de_servidores_publicos_e_a_receber_servidores_e_empregados_public.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_no_05-2023_-_dispoe_sobre_a_atualizacao_do_piso_salarial_do_magisterio_publico_municipal_autoriza_creditos_adicionais_e_da_outras_provide.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_no_06-2023_-_dispoe_sobre_o_ajuste_no_valor_do_salario_minimo_altera_o_orcamento_municipal_quanto_aos_creditos_adicionais_e_da_outras_pro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_no_07-2023_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_adicional_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_no_08-2023_-_dispoe_sobre_a_lei_das_diretrizes_orcamentarias_para_elaboracao_do_orcamento_geral_do_municipio_para_o_exercicio_de_2024_e_da.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_010-2023_-_autoriza_a_abertura_de_creditos_adicionais_ajusta_os_creditos_adicionais_no_orcamento_anual_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_010-2023_-_dispoe_sobre_autorizacoes_para_efetuar_pagamento_a_titulo_de_indenizacao_bem_como_a_abertura_de_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_municipal_no_011-2023_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_coronel_ezequiel_para_o_exercicio_financeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_no_12-2023_-_dispoe_sobre_a_implantacao_do_sistema_municipal_de_ensino_de_coronel_ezequiel_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_no_13-2023_-_estabelece_a_implantacao_dos_conselhos_escolares_nos_estabelecimentos_de_ensinos_mantidos_pelo_o_poder_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_lei_no_14-2023_-_altera_a_lei_orcamentaria_anual_do_municipio_de_coronel_ezequiel_para_o_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_no_17-2023_-_contratacao_por_tempo_determinado_para_atender_a_necessidade_temporaria_de_exepcional_interesse_publico_para_o_ano_de_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_no_01-2023_-_compra_de_um_caminhao_pipa_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_no_02-2023_-_comparecimento_para_prestacao_de_esclarecimentos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_no_03-2023_-_comparecimento_para_prestacao_de_esclarecimento.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_no_04-2023_-_manutencao_da_creche.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_no_05-2023_-_fardamento_escolar_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_no_09-2023_-_solicita_que_seja_encaminhado_oficio_em_anexo_para_solicitacao_de_recuperacao_teste_de_vasao_e_instalacoes_de_pocos_tubulares.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_no_10-2023_-_solicitacao_de_urgencia_especial_de_projeto_de_lei_de_autoria_do_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_no_11-2023_-_solicita_que_seja_encaminhado_um_oficio_ao_poder_executivo_para_que_o_mesmo_atualize_o_portal_da_transparencia_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_no_12-2023_-_reiteracao_dos_oficios_no_06_e_07_de_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_no_13-2023_-_requer_envio_de_oficio_a_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_no_14-2023_-_solicita_a_presidenta_em_exercicio_copias_digitalizadas_ou_fisica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_no_16-2023_-_requer_do_poder_executivo_municipal_para_que_o_mesmo_viabilize_junto_a_secretaria_responsavel_a_limpeza_da_rua_jose_mauricio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_no_18-2023_-_reitera_o_requerimento_no_13_2023_que_solicita_construcao_de_duas_quadras_de_esportes_nas_comunidades_figueuredo_e_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_no_21-2023_-_secretario_de_transportes_informe_o_estado_em_que_se_encontram_a_retroescavadeira_o_caminhao_pipa_e_o_caminhao_basculante.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_no_22-2023_-_para_que_o_secretario_municipal_de_saude_viabilize_junto_a_secretaria_responsavel_a_manutencao_dos_psfs_dos_sitios_gurjau_e_tronco.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_no_23-2023_-_aquisicao_de_trator_pela_a_secretaria_de_agricultura_em_carater_de_urgencia_mediante_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_no_24-2023_-_comparecimento_do_coordenador_do_condec.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_no_25-2023_-_criacao_de_comissao_parlamentar_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/20/requerimento_no_26-2023_-_limpeza_e_manutencao_do_cemiterio_publico.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/21/requerimento_no_27-2023_-_solicita_informacoes_sobre_a_reforma_da_cozinha_do_hospital_nelson_solon_de_farias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/22/requerimento_no_28-2023_-_solicita_ao_poder_executivo_a_construcao_de_uma_passagem_molhada_no_riacho_da_tabua.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/23/requerimento_no_29-2023_-_requer_envio_de_oficio_as_secretarias_municipais_de_transporte_saude_e_administracao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/24/requerimento_no_34-2023_-_esclarecimentos_sobre_a_emenda_de_no_317_2021_do_exelentissimo_senhor_deputado_hermano_morais.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/25/requerimento_no_37-2023_-_reiteracao_conforme_requerimento_no_10_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/26/requerimento_no_38-2023_-_solicitacao_da_construcao_de_uma_quadra_coberta_com_vestiario_padrao_fnde.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/27/requerimento_no_39-2023_-_solicitacao_da_construcao_de_uma_quadra_coberta_com_vestiario_padrao_fnde.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/28/requerimento_no_41-2023_-_construcao_de_um_consultorio_odontologico_para_a_comunidade_de_santa_quiteria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/29/requerimento_no_42-2023_-_disponibilizacao_da_lista_de_funcionarios_em_ordem_alfabetica_de_efetivos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/30/requerimento_no_43-2023_-_venho_atraves_do_mesmo_requerer_uma_maior_frequencia_de_atendimento_medico_na_comunidade_santa_quiteria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/31/requerimento_no_44-2023_-_construcao_de_academia_popular_na_rua_manoel_cassimiro_gomes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/32/requerimento_no_45-2023_-_recuperacao_das_estradas_que_ligam_as_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/33/requerimento_no_46-2023_-_reforma_do_predio_da_secretaria_de_agricultura_do_municipio_de_coronel_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/34/requerimento_no_49-2023_-_requer_do_poder_executivo_municipal_junto_a_secretaria_responsavel_a_recuperacao_de_um_trecho_da_calcada_na_rua_vereador_antonio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/35/requerimento_no_50-2023_-_requer_o_envio_pela_a_camara_municipal_de_coronel_ezequiel_rn_de_oficio_anexo_ao_requerimento_para_o_deputado_federal.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/36/requerimento_no_51-2023_-_recuperacao_da_estrada_que_liga_a_rota_da_lagoa_do_gurjau_proximo_a_valdemar_nascimento.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/37/requerimento_no_53-2023_-_oficio_para_o_secretario_de_transporte.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_no_54-2023_-_solicito_copia_da_homologacao_adjudiacao_extrato_de_contrato_e_ordem_de_servico_referente_a_construcao_da_ubs_ainda_os_esclarec.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_no_55-2023_-_solicito_a_presidenta_que_seja_encaminhando_ao_poder_executivo_a_reiteracao_conforme_requerimentos_no_23_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_no_56-2023_-_asfaltamento_da_rua_senador_georgino_ate_o_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_no_58-2023_-_solicitamos_o_cronograma_do_abastecimento_de_agua_potavel_e_salobra.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_no_60-2023_-_solicita_que_seja_encaminhado_oficio_e_em_anexo_para_assistencia_social_solicitando_informacoes_sobre_o_conselho_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_no_63-2023_-_solicitacao_de_informacoes_sobre_a_nao_caracterizacao_do_veiculo_touro_que_esta_sendo_utilizado_pela_a_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_no_64-2023_-_requer_do_poder_executivo_municipal_para_que_o_mesmo_viabilize_a_manutencao_da_pavimentacao_da_rua_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/45/requerimento_no_65-2023_-_manutencao_limpeza_e_reajustes_no_campo_de_futebol_municipal.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_no_66-2023_-_manutencao_limpeza_e_reajustes_na_quadra_poliesportiva_do_conjunto_irma_elisa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/47/requerimento_no_67-2023_-_pavimentacao_de_ruas_por_meio_da_ordem_bancaria_do_convenio_ao_ogu_2021_via_ministerio_das_cidades_em_beneficio_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/48/requerimento_no_68-2023_-_convocacao_do_responsavel_pelo_o_setor_de_esporte_e_lazer_do_municipio_para_a_prestacao_de_esclarecimentos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/49/requerimento_no_69-2023_-_recuperacao_da_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/50/requerimento_no_70-2023_-_requer_ao_poder_executivo_que_envie_em_carater_de_urgencia_o_projeto_de_lei_que_autoriza_o_reajuste_salarial_em_149.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_no_71-2023_-_requer_relacao_de_pacientes_regulados_para_cirurgias_oftamologicas_para_que_seja_encaminnhado_ao_senador_styvenson_valent.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelezequiel.rn.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_no_74-2023_-_solicitacao_de_urgencia_especial_ao_projeto_de_lei_no_15_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="233" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="232.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>